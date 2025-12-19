--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,9855 +1,13598 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="1FD6E74E" w14:textId="11F8FD85" w:rsidR="00634804" w:rsidRPr="009502E3" w:rsidRDefault="00634804" w:rsidP="009502E3">
+    <w:p w14:paraId="4506EC02" w14:textId="77777777" w:rsidR="006F0ADC" w:rsidRDefault="00E20B44" w:rsidP="00293E19">
       <w:pPr>
         <w:pStyle w:val="1"/>
-        <w:spacing w:before="75"/>
-[...9 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>города</w:t>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00575137">
+        <w:t>Камал Макпалеев атындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектебі»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>КММ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="70F11F16" w14:textId="6878B31F" w:rsidR="00442683" w:rsidRDefault="000377A5" w:rsidP="00293E19">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Әлеуметтік педагог бос лауа</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0ADC">
+        <w:t>зымы</w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0ADC">
+        <w:t xml:space="preserve"> конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0ADC">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...43 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="006F0ADC">
+        <w:t>жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EC3463" w14:textId="77777777" w:rsidR="00A84295" w:rsidRDefault="00A84295" w:rsidP="00634804">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1F5DA056" w14:textId="710F205D" w:rsidR="00ED4EC0" w:rsidRPr="000377A5" w:rsidRDefault="000377A5" w:rsidP="00293E19">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00661C21">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> бос лауазым)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DCBE0F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7446"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00634804" w14:paraId="0C9C5FF9" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="6115DA2E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1274684A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="607435D7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D1A744" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="654264A0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="759"/>
-[...22 lines deleted...]
-              <w:t>организации</w:t>
+              <w:ind w:left="107" w:right="318"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>Пошталық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="040AA104" w14:textId="19682BBA" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="3F1B4111" w14:textId="0136B1E9" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="108"/>
-[...34 lines deleted...]
-              <w:t>школа</w:t>
+              <w:ind w:right="258"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008E437F">
-[...19 lines deleted...]
-          <w:p w14:paraId="26CFCA9B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>КММ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139BF515" w14:textId="73DF3E30" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="atLeast"/>
-[...105 lines deleted...]
-              <w:t>Павлодарской</w:t>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:right="354"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>области</w:t>
+              <w:t>облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>көшесі,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="60D9443C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="0D6D131D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661A87C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1E5FEF5A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D6EF13" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="616E24F6" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>местонахождения,</w:t>
-[...28 lines deleted...]
-              <w:t>адреса</w:t>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D610880" w14:textId="3FB351E7" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="598CE654" w14:textId="4DC2E396" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>14001</w:t>
-[...24 lines deleted...]
-              <w:t>Республика</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24F3E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="1D8F9D34" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C82F6E9" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3747050A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A99138B" w14:textId="09327756" w:rsidR="00ED4EC0" w:rsidRDefault="00953BEC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00931795" w:rsidRPr="00C66D07">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t>sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3559CECD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1103"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="298EA856" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DCB9EA" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED53B93" w14:textId="26944A42" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108" w:right="274"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>облысының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>басқармасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бөлімінің</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Казахстан,</w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="2E8FE1E1" w14:textId="3ACAD88A" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>«Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00931795">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="255B29A8" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-              <w:rPr>
-[...72 lines deleted...]
-              <w:t>58</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="0A26E89C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="24AAE4F7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="161"/>
+          <w:trHeight w:val="2484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1BA74A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-            <w:pPr>
+          <w:p w14:paraId="515F4DDC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61ED6E2A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="503AE463" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...22 lines deleted...]
-              <w:t>телефонов</w:t>
+              <w:ind w:left="107" w:right="162"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>функционалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA82882" w14:textId="078A70D9" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="51EAE086" w14:textId="77777777" w:rsidR="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0092356F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушыларға /ата-аналарға, оқушылар ұжымына нақты әлеуметтік мәселелерді шешуде көмек көрсетеді; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34124085" w14:textId="77777777" w:rsidR="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092356F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- әртүрлі профильдер мен мақсаттарға диагностика жүргізеді; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7025ADDB" w14:textId="77777777" w:rsidR="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092356F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- белгіленген нысан бойынша құжаттаманы жүргізеді және оны кәсіби қызмет мақсаттары үшін пайдаланады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5265F6AC" w14:textId="708B9388" w:rsidR="0092356F" w:rsidRPr="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0092356F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- халықтың әлеуметтік осал топтарының ортасынан білім алушыларға материалдық қолдауды жүзеге асырады, олардың дамуына жәрдемдеседі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0067AED5" w14:textId="728A833A" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0" w:rsidP="0092356F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...36 lines deleted...]
-            </w:r>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="413"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="101"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="746230B3" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="52CF0F83" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="11B65302" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4B1EAB6D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9B3F42" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="72A358B3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>адреса</w:t>
+              <w:t>Бос</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>электронной</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50D67E0C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8EBEA3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="264" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t>почты</w:t>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="107" w:right="640"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAE7F9B" w14:textId="54B2FB2F" w:rsidR="00634804" w:rsidRDefault="002B5F06">
+          <w:p w14:paraId="22347DE9" w14:textId="6308BC07" w:rsidR="00ED4EC0" w:rsidRDefault="000377A5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-            </w:hyperlink>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000377A5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Әлеуметтік педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="006C3922">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ставка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="7A88DB45" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3B4F4BC7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75F34998" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6C92F372" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115B551E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="5C925AF7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="166"/>
-[...8 lines deleted...]
-              <w:t>Наименование</w:t>
+              <w:ind w:left="107" w:right="259"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной или</w:t>
-[...12 lines deleted...]
-              <w:t>временно</w:t>
+              <w:t>мөлшері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной</w:t>
-[...28 lines deleted...]
-              <w:t>нагрузка</w:t>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766E24DB" w14:textId="49EFE737" w:rsidR="00634804" w:rsidRPr="00E60B6E" w:rsidRDefault="00E60B6E">
-[...140 lines deleted...]
-          <w:p w14:paraId="72092A33" w14:textId="3BB1AE12" w:rsidR="00634804" w:rsidRDefault="00E60B6E">
+          <w:p w14:paraId="75B8ADFD" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
-[...207 lines deleted...]
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:right="856" w:firstLine="0"/>
-[...110 lines deleted...]
-          <w:p w14:paraId="7F7E38E8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>санатына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F7B134" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:left="247"/>
-[...8 lines deleted...]
-              <w:t>среднее</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>специальное</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(min): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>845</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="57"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="285A0E79" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6156001D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
               <w:spacing w:line="264" w:lineRule="exact"/>
-              <w:ind w:left="247"/>
-[...21 lines deleted...]
-              <w:t>образование</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(min):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>130</w:t>
-[...14 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>130000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:t>тенге</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3DAB76F5" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="77D767FA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1783"/>
+          <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB11CAE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="6C1AD2B4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A6141A" w14:textId="07BFD152" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="5C12332F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="95"/>
-[...8 lines deleted...]
-              <w:t>Квалификационные</w:t>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требования,</w:t>
+              <w:t>сипаттамаларымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявляемые к</w:t>
+              <w:t>бекітілген кандидатқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>кандидату,</w:t>
-[...73 lines deleted...]
-              <w:t>педагогов</w:t>
+              <w:t>талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E21EE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="41426C37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="440"/>
+                <w:tab w:val="left" w:pos="339"/>
               </w:tabs>
-              <w:ind w:right="104" w:firstLine="0"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>высшее</w:t>
+              <w:t>тиісті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>бейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(или)</w:t>
+              <w:t>бойынша</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>послевузовское</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагогическое</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>или</w:t>
+              <w:t>(немесе)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>иное</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>профессиональное образование по соответствующему профилю, без</w:t>
+              <w:t>оқу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявления</w:t>
+              <w:t>орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требований</w:t>
+              <w:t>немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...145 lines deleted...]
-          <w:p w14:paraId="5B48844C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>бойынша техникалық және кәсіптік педагогикалық білімі болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3E412A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="411"/>
+                <w:tab w:val="left" w:pos="387"/>
               </w:tabs>
-              <w:ind w:right="104" w:firstLine="0"/>
+              <w:ind w:right="99" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(или)</w:t>
+              <w:t>(немесе)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>при</w:t>
+              <w:t>бар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>наличии</w:t>
+              <w:t>болған</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>высшего</w:t>
+              <w:t>жағдайда</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>уровня</w:t>
+              <w:t>біліктілігі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>квалификации</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>стаж</w:t>
+              <w:t>деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагогической</w:t>
-[...54 lines deleted...]
-          <w:p w14:paraId="0808337A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B56B129" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="262"/>
+                <w:tab w:val="left" w:pos="250"/>
               </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="101" w:firstLine="0"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж</w:t>
-[...38 lines deleted...]
-              <w:t>лет</w:t>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3 жыл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="5B02FA89" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="42FDB9CD" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF7236" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="1DBCEC37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63CD8052" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="73BEC056" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E59295" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D355B56" w14:textId="05641BD0" w:rsidR="00ED4EC0" w:rsidRDefault="00953BEC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1D1B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF37D6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1D1B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="7000664C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACDB2DC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60535D0A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Срок</w:t>
+              <w:t>Қажетті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>приема</w:t>
-[...15 lines deleted...]
-              <w:t>документов</w:t>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43381ED0" w14:textId="5F702349" w:rsidR="00634804" w:rsidRPr="002B5F06" w:rsidRDefault="00A52AB5">
+          <w:p w14:paraId="44BF83D7" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02319EFC" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ACCEC9" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3485D96D" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>; ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DF3045D" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFB2E7D" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45334EEC" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C678195" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E326C5" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A530DC9" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі - ТБЖ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F44B708" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00ED4B81" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2E6DAB" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар үшін пән бойынша шекті деңгейі кемінде 90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау нәтижелері туралы сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы туралы куәлік (бар болса) немесе Celta сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Delta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 балл; немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42322910" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> 11) техникалық және кәсіптік, орта білімнен кейінгі білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында арнайы пәндер бойынша педагогтер және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="195E32E4" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік оқыту шеберлері лауазымдарына педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD313C4" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке кіріскен, тиісті мамандық немесе бейін бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35AA3639" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DEEF163" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32AF4426" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12) Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D62FD6" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен педагогтерін лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF5E9E7" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларының 11-қосымшына сәйкес нысан бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441B0F7F" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2E470A" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE81F29" w14:textId="01A82D65" w:rsidR="00ED4EC0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="108"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="372"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="164" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...103 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибе жоқ кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейнепрезентациясы кемінде 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3F7285BE" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="000152B0" w14:paraId="57898362" w14:textId="77777777" w:rsidTr="000152B0">
         <w:trPr>
-          <w:trHeight w:val="2432"/>
+          <w:trHeight w:val="2057"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5245F8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="76744CD2" w14:textId="59BFC0D2" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B52F9A9" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="2C55161A" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="845"/>
-[...34 lines deleted...]
-              <w:t>документов</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B41A42" w14:textId="573DA6CE" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7573E2E5" w14:textId="77777777" w:rsidR="00A52AB5" w:rsidRPr="00AD2C10" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
+          <w:p w14:paraId="26604D7D" w14:textId="733511FD" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
-[...972 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A52AB5" w14:paraId="46BDB551" w14:textId="77777777" w:rsidTr="00CF1CCC">
+    </w:tbl>
+    <w:p w14:paraId="1CE1C594" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C7D5371" w14:textId="77777777" w:rsidR="0092356F" w:rsidRPr="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14BC545D" w14:textId="77777777" w:rsidR="0092356F" w:rsidRPr="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CBD97D" w14:textId="77777777" w:rsidR="0092356F" w:rsidRPr="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A615BEE" w14:textId="78E9144F" w:rsidR="0092356F" w:rsidRPr="0092356F" w:rsidRDefault="0092356F" w:rsidP="0092356F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2715"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0092356F" w:rsidRPr="0092356F" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757B869B" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="6003" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бірінші басшылары мен педагогтерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға тағайындау, лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>босату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE7DC3A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="6623" w:right="1175"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>қағидаларына 10-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF8508C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3436DC88" w14:textId="44A3C463" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="630DC3D7" wp14:editId="4B9C422E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>202565</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Freeform 44"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="454FC448" id="Freeform 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:15.95pt;width:498pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBikohM+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yaB2E4wkqaBGK825UxwlidOnqc0Uwh7rB+0yNPW9ot8MOIIzj1sYiEGb5pNiAEN2VnlNDrmu3E7I&#10;Fh289E9H6fnBIgof02GcpCFUiIIvike+MgGZ9nvpztgPXHkcsr83ti0cA8vLzjrua4DIKwE1fD9A&#10;IYrC0di/ukIfw6I+7F2A1iFq0GSS9rfhGBT3QS1WFA5/Dzbs4xxYfAIGCWx7iqToWdOD7GiDhYjr&#10;lNALVSvjBFoDuV4hQIAgl+IfYuHsy9h2T3eEhha4vPwaI7j8m1aTmljHzB3hTNRk2GvhPlRqz9fK&#10;u+xF6eCQF6+Qp1F++ymr1g073AFwb1rDH+q4npRWqlUphK+tkI5KGk5Sr41RomTO6dgYvd3MhUZ7&#10;4traPy4ZADsL02onmQcrOGHLzrakFK0N8cJrC7ewk8DdR9+3PybhZDlejpNBEqfLQRIuFoO71TwZ&#10;pKtodL0YLubzRfTTUYuSaVEyxqVj18+QKPm7Hu2mWdv9xylylsVZsiv/vE42OKfhtYBc+t9W675F&#10;257eKPYE7apVOxRhiINRKP2MUQMDMcPm+45ojpH4KGHiTKIkcRPUL5LrUQwLferZnHqIpACVYYvh&#10;gjtzbtupu6t1uS3gpMiXVao7GBN56frZz5OWVbeAoecz6Aa0m6qnax/18jcy+wUAAP//AwBQSwME&#10;FAAGAAgAAAAhAHVkHEvdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;nUbiJ8SpUKVyBVIKHJ14iSPidRS7beDp2Z7gOLOj2W/K1ewHccAp9oE0ZAsFAqkNtqdOw+t2c3UL&#10;IiZD1gyBUMM3RlhV52elKWw40gse6tQJLqFYGA0upbGQMrYOvYmLMCLx7TNM3iSWUyftZI5c7ge5&#10;VOpaetMTf3BmxLXD9qveew27sPMf+U++Ca5et29j8/z0+N5pfXkxP9yDSDinvzCc8BkdKmZqwp5s&#10;FANrdcPoSUOe3YE4BTKVs9Ows8xAVqX8P6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGKSiEz6AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAHVkHEvdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="221EF875" wp14:editId="6812887A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>403860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Freeform 43"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2F443F61" id="Freeform 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:31.8pt;width:498pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqKX2F+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yaB2UClJKqjRSnPuFEfJ0OnT1GYKYY/1g3YZmvpe0W8GHMGZxy0MxKBN80kxgCE7q7wmh1xXbidk&#10;iw5e+qej9PxgEYWP6TBO0hAqRMEXxSNfmYBM+710Z+wHrjwO2d8b2xaOgeVlZx33NUDklYAavh+g&#10;EEXhaOxfXaGPYVEf9i5A6xA1aDJJ+9twDIr7oBYrCoe/Bxv2cQ4sPgGDBLY9RVL0rOlBdrTBQsR1&#10;SuiFqpVxAq2BXK8QIECQS/EPsXD2ZWy7pztCQwtcXn6NEVz+TatJTaxj5o5wJmoy7LVwHyq152vl&#10;XfaidHDIi1fI0yi//ZRV64Yd7gC4N63hD3VcT0or1aoUwtdWSEclDSep18YoUTLndGyM3m7mQqM9&#10;cW3tH5cMgJ2FabWTzIMVnLBlZ1tSitaGeOG1hVvYSeDuo+/bH5Nwshwvx8kgidPlIAkXi8Hdap4M&#10;0lU0ul4MF/P5IvrpqEXJtCgZ49Kx62dIlPxdj3bTrO3+4xQ5y+Is2ZV/XicbnNPwWkAu/W+rdd+i&#10;bU9vFHuCdtWqHYowxMEolH7GqIGBmGHzfUc0x0h8lDBxJlGSuAnqF8n1KIaFPvVsTj1EUoDKsMVw&#10;wZ05t+3U3dW63BZwUuTLKtUdjIm8dP3s50nLqlvA0PMZdAPaTdXTtY96+RuZ/QIAAP//AwBQSwME&#10;FAAGAAgAAAAhAKNfM/rdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;XSKFKo1ToUrlCgQKHJ1kG0fE6yh228DXsznR48yOZt/km8n14oRj6DxpWC4UCKTaNx21Gt7fdncr&#10;ECEaakzvCTX8YIBNcX2Vm6zxZ3rFUxlbwSUUMqPBxjhkUobaojNh4Qckvh386ExkObayGc2Zy10v&#10;75VKpTMd8QdrBtxarL/Lo9Ow93v3lfwmO2/Lbf0xVC/PT5+t1rc30+MaRMQp/odhxmd0KJip8kdq&#10;guhZqwdGjxrSJAUxB5YqYaeanRXIIpeXE4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGopfYX6AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKNfM/rdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B726CC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08582E57" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F664FF" w14:textId="68699268" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="192E62D1" wp14:editId="0CCB257B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Freeform 42"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5599CD49" id="Freeform 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWsg7Q+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yaB2I4wkqaBGK825UxwlsdOnqc0Uwh7rB+0yNPW9ot8MOIIzj1sYiEGb5pNiAEN2VnlNDrmu3E7I&#10;Fh289E9H6fnBIgof02GcpCFUiIIvike+MgGZ9nvpztgPXHkcsr83ti0cA8vLzjrua4DIKwE1fD9A&#10;IYrC0di/ukIfw6I+7F2A1iFq0GSS9rfhGBT3QS1WFA5/Dzbs4xxYfAIGCWx7iqToWdOD7GiDhYjr&#10;lNALVSvjBFoDuV4hQIAgl+IfYuHsy9h2T3eEhha4vPwaI7j8m1aTmljHzB3hTNRk2GvhPlRqz9fK&#10;u+xF6eCQF6+Qp1F++ymr1g073AFwb1rDH+q4npRWqlUphK+tkI5KGk5Sr41RomTO6dgYvd3MhUZ7&#10;4traPy4ZADsL02onmQcrOGHLzrakFK0N8cJrC7ewk8DdR9+3PybhZDlejpNBEqfLQRIuFoO71TwZ&#10;pKtodL0YLubzRfTTUYuSaVEyxqVj18+QKPm7Hu2mWdv9xylylsVZsiv/vE42OKfhtYBc+t9W675F&#10;257eKPYE7apVOxRhiINRKP2MUQMDMcPm+45ojpH4KGHiTKIkcRPUL5LrUQwLferZnHqIpACVYYvh&#10;gjtzbtupu6t1uS3gpMiXVao7GBN56frZz5OWVbeAoecz6Aa0m6qnax/18jcy+wUAAP//AwBQSwME&#10;FAAGAAgAAAAhAByXB4LdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;nUaiKI1ToUrlCoQWODrJNo6I11HstoGvZ3OC48yOZt/km8n14oxj6DxpSBYKBFLtm45aDfu33d0D&#10;iBANNab3hBq+McCmuL7KTdb4C73iuYyt4BIKmdFgYxwyKUNt0Zmw8AMS345+dCayHFvZjObC5a6X&#10;S6XupTMd8QdrBtxarL/Kk9Nw8Af3mf6kO2/Lbf0+VC/PTx+t1rc30+MaRMQp/oVhxmd0KJip8idq&#10;guhZqxWjRw3LVQJiDiQqZaeanRRkkcv/E4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFayDtD6AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAByXB4LdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2391BC40" wp14:editId="29B49A4C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Freeform 41"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="19A5C5B1" id="Freeform 41" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCzByu+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yaB2KUaSVFCjlebcKY6SyOnT1GYKYY/1g3YZmvpe0W8GHMGZxy0MxKBN80kxgCE7q7wmh1xXbidk&#10;iw5e+qej9PxgEYWP6TBO0hAqRMEXxSNfmYBM+710Z+wHrjwO2d8b2xaOgeVlZx33NUDklYAavh+g&#10;EEXhaOxfXaGPYVEf9i5A6xA1aDJJ+9twDIr7oBYrCoe/Bxv2cQ4sPgGDBLY9RVL0rOlBdrTBQsR1&#10;SuiFqpVxAq2BXK8QIECQS/EPsXD2ZWy7pztCQwtcXn6NEVz+TatJTaxj5o5wJmoy7LVwHyq152vl&#10;XfaidHDIi1fI0yi//ZRV64Yd7gC4N63hD3VcT0or1aoUwtdWSEclDSep18YoUTLndGyM3m7mQqM9&#10;cW3tH5cMgJ2FabWTzIMVnLBlZ1tSitaGeOG1hVvYSeDuo+/bH5Nwshwvx8kgidPlIAkXi8Hdap4M&#10;0lU0ul4MF/P5IvrpqEXJtCgZ49Kx62dIlPxdj3bTrO3+4xQ5y+Is2ZV/XicbnNPwWkAu/W+rdd+i&#10;bU9vFHuCdtWqHYowxMEolH7GqIGBmGHzfUc0x0h8lDBxJlGSuAnqF8n1KIaFPvVsTj1EUoDKsMVw&#10;wZ05t+3U3dW63BZwUuTLKtUdjIm8dP3s50nLqlvA0PMZdAPaTdXTtY96+RuZ/QIAAP//AwBQSwME&#10;FAAGAAgAAAAhAEMNuPLdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;XQIUQpwKVSpXaGgLRydekoh4HcVuG/h6Nic4zuxo9k22HF0njjiE1pOG+UyBQKq8banWsH1bX92D&#10;CNGQNZ0n1PCNAZb5+VlmUutPtMFjEWvBJRRSo6GJsU+lDFWDzoSZ75H49ukHZyLLoZZ2MCcud528&#10;VupOOtMSf2hMj6sGq6/i4DTs/M59JD/J2jfFqtr35evL83ut9eXF+PQIIuIY/8Iw4TM65MxU+gPZ&#10;IDrWasHoUcPtzQLEFJirhJ1ych5A5pn8PyH/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AMLMHK76AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEMNuPLdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8D569D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1540A5EC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="405" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C29FCE3" w14:textId="07BD22F0" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28EFB24D" wp14:editId="47D31443">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6325235" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Freeform 40"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6325235" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9961"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9961"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9961">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="59991785" id="Freeform 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498.05pt;height:.1pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9961,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzocow+wIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVduO0zAQfUfiHyw/grq5NL1Fm65QLwhp&#10;gZW2fIBrO02EYwfbbbog/p2xk3TbLkgIkYfUzozPnDnjmd7eHSuBDlybUskMRzchRlxSxUq5y/CX&#10;zXowxchYIhkRSvIMP3GD7+avX902dcpjVSjBuEYAIk3a1BkurK3TIDC04BUxN6rmEoy50hWxsNW7&#10;gGnSAHolgjgMx0GjNKu1otwY+LpsjXju8fOcU/s5zw23SGQYuFn/1v69de9gfkvSnSZ1UdKOBvkH&#10;FhUpJQQ9QS2JJWivyxdQVUm1Miq3N1RVgcrzknKfA2QThVfZPBak5j4XEMfUJ5nM/4Olnw4PGpUM&#10;ajfCSJIKarTWnDvFUeL1aWqTgttj/aBdhqa+V/SrAeGCC4vbGPBB2+ajYgBD9lZ5TY65rtxJyBYd&#10;vfRPJ+n50SIKH8fDeBQPgQIFWxRPfOSApP1Zujf2PVcehxzujW0Lx2DlZWcd9w0UOa8E1PDtAIUo&#10;CidT/+oKfXKLerc3AdqEqEGz2Ti6dop7pxYrCoe/Bxv2fg4sPgODBHY9RVL0rOlRdrRhhYjrlNAL&#10;VSvjBNoAuV4hQAAnl+IffCH2tW97pguhoQWuL7/GCC7/tk23JtYxcyHcEjUZ9lq4D5U68I3yJntV&#10;OgjybBXy3AuOQxXOWLVmOOECwL1pFz6o43pWWqnWpRC+tkI6KuNwNvbaGCVK5oyOjdG77UJodCCu&#10;rf3jkgGwCzet9pJ5sIITturWlpSiXYO/8NrCLewkcPfR9+2PWThbTVfTZJDE49UgCZfLwbv1IhmM&#10;19FktBwuF4tl9NNRi5K0KBnj0rHrZ0iU/F2PdtOs7f7TFLnI4iLZtX9eJhtc0vBaQC79b6t136Ju&#10;Opp0q9gTtKtW7VCEIQ6LQunvGDUwEDNsvu2J5hiJDxImzixKYB4g6zfJaBLDRp9btucWIilAZdhi&#10;uOBuubDt1N3XutwVECnyZZXqHYyJvHT97OdJy6rbwNDzGXQD2k3V8733ev4bmf8CAAD//wMAUEsD&#10;BBQABgAIAAAAIQDm9RsD3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhc&#10;ELXTSoSGOFVB9IK4UIrguI23SYR/IttNwtvjnOA4O6OZb8vNZDQbyIfOWQnZQgAjWzvV2UbC4X13&#10;ew8sRLQKtbMk4YcCbKrLixIL5Ub7RsM+NiyV2FCghDbGvuA81C0ZDAvXk03eyXmDMUnfcOVxTOVG&#10;86UQd9xgZ9NCiz09tVR/789GQvP4uXvu/br7Gj9eb/Rh+5IPJ5Ty+mraPgCLNMW/MMz4CR2qxHR0&#10;Z6sC00mLPKFHCcs8AzYHMrFaAzvOlxXwquT/X6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALOhyjD7AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOb1GwPfAAAACgEAAA8AAAAAAAAAAAAAAAAAVQUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E97FFA7" wp14:editId="61A9CD2A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Freeform 39"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="02C75F11" id="Freeform 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0suBc+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yaB2CUaSVFCjlebcKY6GE6dPU5sphD3WD9plaOp7Rb8ZcARnHrcwEIM2zSfFAIbsrPKaHHJduZ2Q&#10;LTp46Z+O0vODRRQ+psM4SUOoEAVfFI98ZQIy7ffSnbEfuPI4ZH9vbFs4BpaXnXXc1wCRVwJq+H6A&#10;QhSFo7F/dYU+hkV92LsArUPUoMkk7W/DMSjug1qsKBz+HmzYxzmw+AQMEtj2FEnRs6YH2dEGCxHX&#10;KaEXqlbGCbQGcr1CgABBLsU/xMLZl7Htnu4IDS1wefk1RnD5N60mNbGOmTvCmajJsNfCfajUnq+V&#10;d9mL0sEhL14hT6P89lNWrRt2uAPg3rSGP9RxPSmtVKtSCF9bIR2VNJykXhujRMmc07ExeruZC432&#10;xLW1f1wyAHYWptVOMg9WcMKWnW1JKVob4oXXFm5hJ4G7j75vf0zCyXK8HCeDJE6XgyRcLAZ3q3ky&#10;SFfR6HoxXMzni+inoxYl06JkjEvHrp8hUfJ3PdpNs7b7j1PkLIuzZFf+eZ1scE7DawG59L+t1n2L&#10;tj29UewJ2lWrdijCEAejUPoZowYGYobN9x3RHCPxUcLEmURJ4iaoXyTXoxgW+tSzOfUQSQEqwxbD&#10;BXfm3LZTd1frclvASZEvq1R3MCby0vWznyctq24BQ89n0A1oN1VP1z7q5W9k9gsAAP//AwBQSwME&#10;FAAGAAgAAAAhAEMNuPLdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;XQIUQpwKVSpXaGgLRydekoh4HcVuG/h6Nic4zuxo9k22HF0njjiE1pOG+UyBQKq8banWsH1bX92D&#10;CNGQNZ0n1PCNAZb5+VlmUutPtMFjEWvBJRRSo6GJsU+lDFWDzoSZ75H49ukHZyLLoZZ2MCcud528&#10;VupOOtMSf2hMj6sGq6/i4DTs/M59JD/J2jfFqtr35evL83ut9eXF+PQIIuIY/8Iw4TM65MxU+gPZ&#10;IDrWasHoUcPtzQLEFJirhJ1ych5A5pn8PyH/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADSy4Fz6AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEMNuPLdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D78C79" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6534C91C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35141821" w14:textId="761E2AC1" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78376EAC" wp14:editId="42D4BB31">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>171450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6325870" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Freeform 38"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6325870" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9962"/>
+                            <a:gd name="T2" fmla="+- 0 11040 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9962"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9962">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9962" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="135749FE" id="Freeform 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498.1pt;height:.1pt;z-index:-15725568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9962,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB946Dp+wIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1JW5uqFMUSTMM&#10;6LYCzT5AkeTYmC15khKnG/bvo2g7TVIMGIb5wZFM6vDwUGRubg9VSfbS2EKrlEZXISVScS0KtU3p&#10;1/VqMKHEOqYEK7WSKX2Wlt7O3765aeqZjHWuSyENARBlZ02d0ty5ehYElueyYvZK11KBMdOmYg62&#10;ZhsIwxpAr8ogDsNR0GgjaqO5tBa+LlsjnSN+lknuvmSZlY6UKQVuDt8G3xv/DuY3bLY1rM4L3tFg&#10;/8CiYoWCoEeoJXOM7EzxCqoquNFWZ+6K6yrQWVZwiTlANlF4kc1TzmqJuYA4tj7KZP8fLP+8fzSk&#10;EFC7ISWKVVCjlZHSK06GE69PU9sZuD3Vj8ZnaOsHzb9ZMARnFr+x4EM2zSctAIbtnEZNDpmp/EnI&#10;lhxQ+uej9PLgCIePo2F8PRlDhTjYohhWPgCb9Wf5zroPUiMO2z9Y1xZOwAplFx33NUBkVQk1fD8g&#10;IYnC8QRfXaGPblHv9i4g65A0ZDodxZdOce/UYkVh0iJe+oFybUwPFp+AQQLbniLLe9b8oDrasCLM&#10;d0qIQtXaeoHWQK5XCBDAyaf4B1+IfenbnulCGGiBy8tvKIHLv2nTqJnzzHwIvyRNSlEL/6HSe7nW&#10;aHIXpYMgL9ZSnXrh8VNWrRlO+ABY1mNQz/WktEqvirLE2pbKUxmF0xFqY3VZCG/0bKzZbhalIXvm&#10;2xofnwyAnbkZvVMCwXLJxH23dqwo2zX4l6gt3MJOAn8fsW9/TsPp/eR+kgySeHQ/SMLlcnC3WiSD&#10;0SoaXy+Hy8ViGf3y1KJklhdCSOXZ9TMkSv6uR7tp1nb/cYqcZXGW7Aqf18kG5zRQC8il/8XssF99&#10;i7Y9vdHiGdrV6HYowhCHRa7ND0oaGIgptd93zEhKyo8KJs40ShI/QXGTXI9j2JhTy+bUwhQHqJQ6&#10;ChfcLxeunbq72hTbHCJFWFal72BMZIXvZ+TXsuo2MPQwg25A+6l6ukevl7+R+W8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDhrR7F3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8&#10;uQWiiyJls9F40Wyi6MFjoSMQ6ZS0XRb/vcNJb/NmXt58r9wtdhQz+jA4UpBuEhBIrTMDdQo+3p+u&#10;bkGEqMno0REq+MEAu+r8rNSFcSd6w7mOneAQCoVW0Mc4FVKGtkerw8ZNSHz7ct7qyNJ30nh94nA7&#10;yixJttLqgfhDryd86LH9ro9WgXT7/M4euq0/PMf5sX59+bxJG6UuL5b9PYiIS/wzw4rP6FAxU+OO&#10;ZIIYWSc5o0cFWc6dVkOaXPPUrJsMZFXK/xWqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQB946Dp+wIAAI4GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDhrR7F3QAAAAoBAAAPAAAAAAAAAAAAAAAAAFUFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" path="m,l9962,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6325870,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEE8579" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="344" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F836AD7" w14:textId="2104B4DD" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="019DC7DB" wp14:editId="411A1782">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Freeform 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="47DCCB86" id="Freeform 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15725056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRdhs0+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVduO0zAQfUfiHyw/grq5NKQXbbpatVuE&#10;tMBKWz7AtZ0mwrGD7TZdEP/O2Em6aRckhMhDOs6Mj8+c8Uyvb46VQAeuTalkhqOrECMuqWKl3GX4&#10;y2Y9mmJkLJGMCCV5hp+4wTeL16+um3rOY1UowbhGACLNvKkzXFhbz4PA0IJXxFypmktw5kpXxMJS&#10;7wKmSQPolQjiMEyDRmlWa0W5MfB11TrxwuPnOaf2c54bbpHIMHCz/q39e+veweKazHea1EVJOxrk&#10;H1hUpJRw6AlqRSxBe12+gKpKqpVRub2iqgpUnpeU+xwgmyi8yOaxIDX3uYA4pj7JZP4fLP10eNCo&#10;ZFC7GCNJKqjRWnPuFEfjidOnqc0cwh7rB+0yNPW9ol8NOIIzj1sYiEHb5qNiAEP2VnlNjrmu3E7I&#10;Fh299E8n6fnRIgof03GcpCFUiIIviie+MgGZ93vp3tj3XHkccrg3ti0cA8vLzjruG4DIKwE1fDtC&#10;IYrCydS/ukKfwqI+7E2ANiFq0GyW9rfhFASKDLGicPx7sHEf58DiARgksOspkqJnTY+yow0WIq5T&#10;Qi9UrYwTaAPkeoUAAYJcin+IhbMvY9s93REaWuDy8muM4PJvW01qYh0zd4QzUZNhr4X7UKkD3yjv&#10;shelg0OevUIOo/z2IavWDTvcAXBvWsMf6rgOSivVuhTC11ZIRyUNZ6nXxihRMud0bIzebZdCowNx&#10;be0flwyAnYVptZfMgxWcsLvOtqQUrQ3xwmsLt7CTwN1H37c/ZuHsbno3TUZJnN6NknC1Gt2ul8ko&#10;XUeTd6vxarlcRT8dtSiZFyVjXDp2/QyJkr/r0W6atd1/miJnWZwlu/bPy2SDcxpeC8il/2217lu0&#10;7emtYk/Qrlq1QxGGOBiF0t8xamAgZth82xPNMRIfJEycWZQkboL6RfJuEsNCDz3boYdIClAZthgu&#10;uDOXtp26+1qXuwJOinxZpbqFMZGXrp/9PGlZdQsYej6DbkC7qTpc+6jnv5HFLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAByXB4LdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;nUaiKI1ToUrlCoQWODrJNo6I11HstoGvZ3OC48yOZt/km8n14oxj6DxpSBYKBFLtm45aDfu33d0D&#10;iBANNab3hBq+McCmuL7KTdb4C73iuYyt4BIKmdFgYxwyKUNt0Zmw8AMS345+dCayHFvZjObC5a6X&#10;S6XupTMd8QdrBtxarL/Kk9Nw8Af3mf6kO2/Lbf0+VC/PTx+t1rc30+MaRMQp/oVhxmd0KJip8idq&#10;guhZqxWjRw3LVQJiDiQqZaeanRRkkcv/E4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJF2GzT6AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAByXB4LdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA6ABEB" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681E5346" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6D9CD6" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2574"/>
+          <w:tab w:val="left" w:pos="10231"/>
+          <w:tab w:val="left" w:pos="10306"/>
+        </w:tabs>
+        <w:spacing w:before="34"/>
+        <w:ind w:left="217" w:right="377" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> бос/уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(керегінің астын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>керек)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E26B9F8" w14:textId="0CD00B9C" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D08CA58" wp14:editId="61B8E257">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>171450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Freeform 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="47FBE4B7" id="Freeform 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498pt;height:.1pt;z-index:-15724544;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxMMoB+wIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsuxMVnyJCVOO+zfR0l2mqQbMAzzg0OZ1NHhocjc3B5qjvZM6UqKDEdXIUZMUJlXYpvh&#10;r+vVYIyRNkTkhEvBMvzENL6dvX1z0zZTFstS8pwpBCBCT9smw6UxzTQINC1ZTfSVbJgAZyFVTQws&#10;1TbIFWkBveZBHIZp0EqVN0pSpjV8XXgnnjn8omDUfCkKzQziGQZuxr2Ve2/sO5jdkOlWkaasaEeD&#10;/AOLmlQCDj1CLYghaKeqV1B1RZXUsjBXVNaBLIqKMpcDZBOFF9k8lqRhLhcQRzdHmfT/g6Wf9w8K&#10;VTnULsJIkBpqtFKMWcXRMLX6tI2eQthj86Bshrq5l/SbBkdw5rELDTFo036SOcCQnZFOk0OharsT&#10;skUHJ/3TUXp2MIjCx3QYJ2kIFaLgi+KRq0xApv1eutPmA5MOh+zvtfGFy8Fysucd9zVAFDWHGr4f&#10;oBBF4WjsXl2hj2GQrA97F6B1iFo0maT9bTgGxX2Qx4rC4e/Bhn2cBYtPwCCBbU+RlD1rehAdbbAQ&#10;sZ0SOqEaqa1AayDXKwQIEGRT/EMsnH0Z6/d0RyhogcvLrzCCy7/xmjTEWGb2CGuiNsNOC/uhlnu2&#10;ls5lLkoHh7x4uTiNcttPWXk37LAHwL3xhjvUcj0prZCrinNXWy4slTScpE4bLXmVW6dlo9V2M+cK&#10;7Ylta/fYZADsLEzJncgdWMlIvuxsQyrubYjnTlu4hZ0E9j66vv0xCSfL8XKcDJI4XQ6ScLEY3K3m&#10;ySBdRaPrxXAxny+in5ZalEzLKs+ZsOz6GRIlf9ej3TTz3X+cImdZnCW7cs/rZINzGk4LyKX/9Vr3&#10;Lep7eiPzJ2hXJf1QhCEORinVM0YtDMQM6+87ohhG/KOAiTOJksROULdIrkcxLNSpZ3PqIYICVIYN&#10;hgtuzbnxU3fXqGpbwkmRK6uQdzAmisr2s5snnlW3gKHnMugGtJ2qp2sX9fI3MvsFAAD//wMAUEsD&#10;BBQABgAIAAAAIQBbABXV3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qN1EoiiNU6FK5QqEFjg6yTaOiNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aVguFAik2jcdtRr2b7u7&#10;BxAhGmpM7wk1fGOATXF9lZus8Rd6xXMZW8ElFDKjwcY4ZFKG2qIzYeEHJL4d/ehMZDm2shnNhctd&#10;LxOl7qUzHfEHawbcWqy/ypPTcPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfIn&#10;aoLoWasVo0cNyYo3zYGlStmpZicBWeTy/4TiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ALEwygH7AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFsAFdXcAAAACgEAAA8AAAAAAAAAAAAAAAAAVQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB96597" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="340" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197B2D7F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="258D1A3C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="926"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31343302" w14:textId="39A092B3" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487592448" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="754744C5" wp14:editId="07F41399">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="10" name="Freeform 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="77E884C8" id="Freeform 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15724032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlTth/+gIAAI4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yaB2II8kFdRopTl3iqPhtdOnqc0Uwh7rB+0yNPW9ot8MOIIzj1sYiEGb5pNiAEN2VnlNDrmu3E7I&#10;Fh289E9H6fnBIgof02GcpCFQoOCL4pGvTECm/V66M/YDVx6H7O+NbQvHwPKys477GiDySkAN3w9Q&#10;iKJwNPavrtDHsKgPexegdYgaNJmk/W04BsV9UIsVhcPfgw37OAcWn4BBAtueIil61vQgO9pgIeI6&#10;JfRC1co4gdZArlcIECDIpfiHWDj7Mrbd0x2hoQUuL7/GCC7/ptWkJtYxc0c4EzUZ9lq4D5Xa87Xy&#10;LntROjjkxSvkaZTffsqqdcMOdwDcm9bwhzquJ6WValUK4WsrpKOShpPUa2OUKJlzOjZGbzdzodGe&#10;uLb2j0sGwM7CtNpJ5sEKTtiysy0pRWtDvPDawi3sJHD30fftj0k4WY6X42SQxOlykISLxeBuNU8G&#10;6SoaXS+Gi/l8Ef101KJkWpSMcenY9TMkSv6uR7tp1nb/cYqcZXGW7Mo/r5MNzml4LSCX/rfVum/R&#10;tqc3ij1Bu2rVDkUY4mAUSj9j1MBAzLD5viOaYyQ+Spg4kyhJ3AT1i+R6FMNCn3o2px4iKUBl2GK4&#10;4M6c23bq7mpdbgs4KfJlleoOxkReun7286Rl1S1g6PkMugHtpurp2ke9/I3MfgEAAP//AwBQSwME&#10;FAAGAAgAAAAhAByXB4LdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;nUaiKI1ToUrlCoQWODrJNo6I11HstoGvZ3OC48yOZt/km8n14oxj6DxpSBYKBFLtm45aDfu33d0D&#10;iBANNab3hBq+McCmuL7KTdb4C73iuYyt4BIKmdFgYxwyKUNt0Zmw8AMS345+dCayHFvZjObC5a6X&#10;S6XupTMd8QdrBtxarL/Kk9Nw8Af3mf6kO2/Lbf0+VC/PTx+t1rc30+MaRMQp/oVhxmd0KJip8idq&#10;guhZqxWjRw3LVQJiDiQqZaeanRRkkcv/E4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACVO2H/6AgAAjgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAByXB4LdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487592960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A2624C0" wp14:editId="281E5529">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6325870" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Freeform 34"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6325870" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9962"/>
+                            <a:gd name="T2" fmla="+- 0 11040 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9962"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9962">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9962" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="19A805EE" id="Freeform 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498.1pt;height:.1pt;z-index:-15723520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9962,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzCZdo+QIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1JW5uqFMUSTMM&#10;6LYCzT5AkeXYmCx5khKnG/bvI2U7TVIMGIb5wZFM6vAcUmRubg+VJHthbKlVSqOrkBKhuM5KtU3p&#10;1/VqMKHEOqYyJrUSKX0Wlt7O3765aeqZiHWhZSYMARBlZ02d0sK5ehYElheiYvZK10KBMdemYg62&#10;ZhtkhjWAXskgDsNR0GiT1UZzYS18XbZGOvf4eS64+5LnVjgiUwrcnH8b/97gO5jfsNnWsLooeUeD&#10;/QOLipUKgh6hlswxsjPlK6iq5EZbnbsrrqtA53nJhdcAaqLwQs1TwWrhtUBybH1Mk/1/sPzz/tGQ&#10;MkvplBLFKijRygiBCSfDBNPT1HYGXk/1o0GBtn7Q/JsFQ3BmwY0FH7JpPukMYNjOaZ+SQ24qPAli&#10;ycFn/vmYeXFwhMPH0TC+noyhQBxsUQwrDMBm/Vm+s+6D0B6H7R+sa+uWwcpnPeu4rwEirySU8P2A&#10;hCQKxxP/6up8dIt6t3cBWYekIdPpKL50inunFisKkxbx0m/Y+yFYfAIGArY9RVb0rPlBdbRhRRg2&#10;SugTVWuLCVoDuT5DgABOKPEPvhD70rc904Uw0AGXd99QAnd/08qomUNmGAKXpIGbgLnAD5Xei7X2&#10;JndROgjyYpXq1MsfP2XVmuEEBvBlPQZFrielVXpVSulrKxVSGYXTkaditSwzNCIba7abhTRkz7Cr&#10;/YNiAOzMzeidyjxYIVh2360dK2W7Bn/pcwu3sEsB3kfftj+n4fR+cj9JBkk8uh8k4XI5uFstksFo&#10;FY2vl8PlYrGMfiG1KJkVZZYJhez6ERIlf9ei3TBrm/84RM5UnIld+ee12OCchs8FaOl/vTrfr9ii&#10;bU9vdPYM7Wp0OxNhhsOi0OYHJQ3Mw5Ta7ztmBCXyo4KBM42SBAeo3yTX4xg25tSyObUwxQEqpY7C&#10;BcflwrVDd1ebcltApMiXVek7GBN5if3s+bWsug3MPK+gm884VE/33uvlX2T+GwAA//8DAFBLAwQU&#10;AAYACAAAACEA+aCz4t4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kgd&#10;1DY0xKkqEBdQJQgcODrxkkTE6yh20/D3bE5wnNnR7Jt8P7teTDiGzpOGZKVAINXedtRo+Hh/urkD&#10;EaIha3pPqOEHA+yLy4vcZNaf6Q2nMjaCSyhkRkMb45BJGeoWnQkrPyDx7cuPzkSWYyPtaM5c7np5&#10;q9RWOtMRf2jNgA8t1t/lyWmQ/pDu3LHZjsfnOD2Wry+fm6TS+vpqPtyDiDjHvzAs+IwOBTNV/kQ2&#10;iJ61Shk9atisUxBLIFFrXlctzg5kkcv/E4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADMJl2j5AgAAjQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPmgs+LeAAAACgEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9962,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6325870,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A95AAF2" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACBC9E0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="887" w:right="401"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170C668D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C6F056" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="9"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="222" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3263"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="2979"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="2C3037D7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2432"/>
+          <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9B4C49" w14:textId="7972740F" w:rsidR="00A52AB5" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
+          <w:p w14:paraId="57FEE729" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-[...13 lines deleted...]
-              <w:t>6</w:t>
+              <w:ind w:left="285" w:right="169" w:firstLine="472"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68F6FA84" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="189" w:right="169" w:firstLine="281"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36DB6C1F" w14:textId="77777777" w:rsidR="00A52AB5" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
+          <w:p w14:paraId="65F585FF" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="694"/>
-[...36 lines deleted...]
-              <w:t>должности</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="590"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCDF1B0" w14:textId="2A55D3A4" w:rsidR="00A52AB5" w:rsidRPr="00AD2C10" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="172284FF" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="232"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2254D9B2" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="892" w:right="553" w:hanging="320"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="1DDCFFF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DAF318" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AACBE33" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5009AC9A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2F7660" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2781AC1B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
+    <w:p w14:paraId="42547E52" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7EF697" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10148"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C6E0CA" w14:textId="60B54D81" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487593472" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="345CC0A1" wp14:editId="64CB2773">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172720</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Freeform 33"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="50C75DC6" id="Freeform 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.6pt;width:498pt;height:.1pt;z-index:-15723008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmEZIB+gIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yTIMhZKkghKtNOdOcDQcOnma2kwh6rF+0C5BU98r+s2AIzjzuIWBGLRpPikGMGRnlZfkkOvK7YRk&#10;0cEr/3RUnh8sovAxHcZJGkKBKPiieOQLE5Bpv5fujP3Alcch+3tj27oxsLzqrOO+Boi8ElDC9wMU&#10;oigcjf2rq/MxLOrD3gVoHaIGTSZpfxmOQXEf1GJF4fD3YMM+zoHFJ2CQwLanSIqeNT3IjjZYiLhG&#10;Cb1QtTJOoDWQ6xUCBAhyKf4hFs6+jG33dEdo6IDLu68xgru/aTWpiXXM3BHORE2GvRbuQ6X2fK28&#10;y16UDg558Qp5GuW3n7Jq3bDDHQD3pjX8oY7rSWmlWpVC+NoK6aik4ST12hglSuacjo3R281caLQn&#10;rqv945IBsLMwrXaSebCCE7bsbEtK0doQL7y2cAs7Cdx99G37YxJOluPlOBkkcbocJOFiMbhbzZNB&#10;uopG14vhYj5fRD8dtSiZFiVjXDp2/QiJkr9r0W6Ytc1/HCJnWZwlu/LP62SDcxpeC8il/2217lu0&#10;7emNYk/Qrlq1MxFmOBiF0s8YNTAPM2y+74jmGImPEgbOJEoSN0D9IrkexbDQp57NqYdIClAZthgu&#10;uDPnth26u1qX2wJOinxZpbqDMZGXrp/9PGlZdQuYeT6Dbj67oXq69lEv/yKzXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhADcjWJLdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;3QRRlMapUKVyBQKFHp1kiSPidRS7beDr2ZzgOLOj2Tf5ZnK9OOEYOk8algsFAqn2TUethrfX3c09&#10;iBANNab3hBq+McCmuLzITdb4M73gqYyt4BIKmdFgYxwyKUNt0Zmw8AMS3z796ExkObayGc2Zy10v&#10;E6XupDMd8QdrBtxarL/Ko9Ow93t3SH/Snbfltn4fquenx49W6+ur6WENIuIU/8Iw4zM6FMxU+SM1&#10;QfSs1YrRo4ZklYCYA0uVslPNzi3IIpf/JxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKYRkgH6AgAAjQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADcjWJLdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AA685F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10179"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B72C6D4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10268"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D425CFA" w14:textId="36657F66" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487593984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6556A306" wp14:editId="4A7CF23A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Freeform 32"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4833FEE6" id="Freeform 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15722496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaiuFU+gIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yTI8wkiSCkq00pw7wdEwdvI0tZlC1GP9oF2Cpr5X9JsBR3DmcQsDMWjTfFIMYMjOKi/JIdeV2wnJ&#10;ooNX/umoPD9YROFjOoyTNIQCUfBF8cgXJiDTfi/dGfuBK49D9vfGtnVjYHnVWcd9DRB5JaCE7wco&#10;RFE4GvtXV+djWNSHvQvQOkQNmkzS/jIcg+I+qMWKwuHvwYZ9nAOLT8AggW1PkRQ9a3qQHW2wEHGN&#10;EnqhamWcQGsg1ysECBDkUvxDLJx9Gdvu6Y7Q0AGXd19jBHd/02pSE+uYuSOciZoMey3ch0rt+Vp5&#10;l70oHRzy4hXyNMpvP2XVumGHOwDuTWv4Qx3Xk9JKtSqF8LUV0lFJw0nqtTFKlMw5HRujt5u50GhP&#10;XFf7xyUDYGdhWu0k82AFJ2zZ2ZaUorUhXnht4RZ2Erj76Nv2xyScLMfLcTJI4nQ5SMLFYnC3mieD&#10;dBWNrhfDxXy+iH46alEyLUrGuHTs+hESJX/Xot0wa5v/OETOsjhLduWf18kG5zS8FpBL/9tq3bdo&#10;29MbxZ6gXbVqZyLMcDAKpZ8xamAeZth83xHNMRIfJQycSZQkboD6RXI9imGhTz2bUw+RFKAybDFc&#10;cGfObTt0d7UutwWcFPmySnUHYyIvXT/7edKy6hYw83wG3Xx2Q/V07aNe/kVmvwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAByXB4LdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;nUaiKI1ToUrlCoQWODrJNo6I11HstoGvZ3OC48yOZt/km8n14oxj6DxpSBYKBFLtm45aDfu33d0D&#10;iBANNab3hBq+McCmuL7KTdb4C73iuYyt4BIKmdFgYxwyKUNt0Zmw8AMS345+dCayHFvZjObC5a6X&#10;S6XupTMd8QdrBtxarL/Kk9Nw8Af3mf6kO2/Lbf0+VC/PTx+t1rc30+MaRMQp/oVhxmd0KJip8idq&#10;guhZqxWjRw3LVQJiDiQqZaeanRRkkcv/E4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJqK4VT6AgAAjQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAByXB4LdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487594496" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47B90268" wp14:editId="6C193622">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347980</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Freeform 31"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="39B6D9A2" id="Freeform 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.4pt;width:498pt;height:.1pt;z-index:-15721984;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAO9PMq+gIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yTKcYiRJBSVaac6d4GgYOXma2kwh6rF+0C5BU98r+s2AIzjzuIWBGLRpPikGMGRnlZfkkOvK7YRk&#10;0cEr/3RUnh8sovAxHcZJGkKBKPiieOQLE5Bpv5fujP3Alcch+3tj27oxsLzqrOO+Boi8ElDC9wMU&#10;oigcjf2rq/MxLOrD3gVoHaIGTSZpfxmOQXEf1GJF4fD3YMM+zoHFJ2CQwLanSIqeNT3IjjZYiLhG&#10;Cb1QtTJOoDWQ6xUCBAhyKf4hFs6+jG33dEdo6IDLu68xgru/aTWpiXXM3BHORE2GvRbuQ6X2fK28&#10;y16UDg558Qp5GuW3n7Jq3bDDHQD3pjX8oY7rSWmlWpVC+NoK6aik4ST12hglSuacjo3R281caLQn&#10;rqv945IBsLMwrXaSebCCE7bsbEtK0doQL7y2cAs7Cdx99G37YxJOluPlOBkkcbocJOFiMbhbzZNB&#10;uopG14vhYj5fRD8dtSiZFiVjXDp2/QiJkr9r0W6Ytc1/HCJnWZwlu/LP62SDcxpeC8il/2217lu0&#10;7emNYk/Qrlq1MxFmOBiF0s8YNTAPM2y+74jmGImPEgbOJEoSN0D9IrkexbDQp57NqYdIClAZthgu&#10;uDPnth26u1qX2wJOinxZpbqDMZGXrp/9PGlZdQuYeT6Dbj67oXq69lEv/yKzXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHlvCKHdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY&#10;MsoAlaYTmjSuQGEbx7QxTUXjVE22FX493glO9rOfnj8Xy8n34oBj7AJpmM8UCKQm2I5aDe9v66t7&#10;EDEZsqYPhBq+McKyPD8rTG7DkV7xUKVWcAjF3GhwKQ25lLFx6E2chQGJd59h9CaxHFtpR3PkcN/L&#10;a6VupTcd8QVnBlw5bL6qvdewCRv/kf1k6+CqVbMd6pfnp12r9eXF9PgAIuGU/sxwwmd0KJmpDnuy&#10;UfSs1R2jJw2LG64nw1xl3NU8WSiQZSH/v1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AA708yr6AgAAjQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAHlvCKHdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F5B1E0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB583B1" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10222"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7789E24F" w14:textId="5614D5B3" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487595008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9E38D5" wp14:editId="2C5F10D0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Freeform 30"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5323BEC1" id="Freeform 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15721472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAusiIf+wIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVW1v0zAQ/o7Ef7D8EdTlpVnaRksn1K4I&#10;acCklR/g2k4T4djBdpsOxH/n7CRd24GEEPmQ2rnzc88957ve3B5qgfZcm0rJHEdXIUZcUsUquc3x&#10;l/VqNMXIWCIZEUryHD9xg2/nr1/dtE3GY1UqwbhGACJN1jY5Lq1tsiAwtOQ1MVeq4RKMhdI1sbDV&#10;24Bp0gJ6LYI4DNOgVZo1WlFuDHxddkY89/hFwan9XBSGWyRyDNysf2v/3rh3ML8h2VaTpqxoT4P8&#10;A4uaVBKCHqGWxBK009ULqLqiWhlV2Cuq6kAVRUW5zwGyicKLbB5L0nCfC4hjmqNM5v/B0k/7B40q&#10;luNrjCSpoUQrzbkTHI29PG1jMvB6bB60S9A094p+NaBbcGZxGwM+aNN+VAxgyM4qL8mh0LU7Ccmi&#10;g1f+6ag8P1hE4WM6jpM0hAJRsEXxxEcOSDacpTtj33Plccj+3tiubgxWXnXWc18DRFELKOHbEQpR&#10;FE6m/tXX+egWDW5vArQOUYtms3S4DEeneHDqsKJw/Huw8eDnwOITMEhgO1Ak5cCaHmRPG1aIuEYJ&#10;vVCNMk6gNZAbFAIEcHIp/sEXYl/6dmf6EBo64PLua4zg7m86TRpiHTMXwi1Rm2OvhftQqz1fK2+y&#10;F6WDIM9WIU+9/PFTVp0ZTrgAcG+6hQ/quJ6UVqpVJYSvrZCOShrOUq+NUaJizujYGL3dLIRGe+K6&#10;2j8uGQA7c9NqJ5kHKzlhd/3akkp0a/AXXlu4hb0E7j76tv0xC2d307tpMkri9G6UhMvl6N1qkYzS&#10;VTS5Xo6Xi8Uy+umoRUlWVoxx6dgNIyRK/q5F+2HWNf9xiJxlcZbsyj8vkw3OaXgtIJfht9N6aFE3&#10;HE22UewJ2lWrbibCDIdFqfR3jFqYhzk233ZEc4zEBwkDZxYliRugfpNcT2LY6FPL5tRCJAWoHFsM&#10;F9wtF7YburtGV9sSIkW+rFK9gzFRVK6f/TzpWPUbmHk+g34+u6F6uvdez/8i818AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAclweC3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qJ1GoiiNU6FK5QqEFjg6yTaOiNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aUgWCgRS7ZuOWg37t93d&#10;A4gQDTWm94QavjHApri+yk3W+Au94rmMreASCpnRYGMcMilDbdGZsPADEt+OfnQmshxb2YzmwuWu&#10;l0ul7qUzHfEHawbcWqy/ypPTcPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfIn&#10;aoLoWasVo0cNy1UCYg4kKmWnmp0UZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAusiIf+wIAAI0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAclweC3QAAAAoBAAAPAAAAAAAAAAAAAAAAAFUFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487595520" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13F7102F" wp14:editId="74EFEF02">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>347345</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Freeform 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="214A125B" id="Freeform 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15720960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHroZd+gIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsmxMVnyJCVOO+zfR8l2mqQbMAzzg0OZ1NHhocjc3B4qgfZcm1LJDEdXIUZcUsVKuc3w&#10;1/VqMMbIWCIZEUryDD9xg29nb9/cNPWUx6pQgnGNAESaaVNnuLC2ngaBoQWviLlSNZfgzJWuiIWl&#10;3gZMkwbQKxHEYZgGjdKs1opyY+DronXimcfPc07tlzw33CKRYeBm/Vv798a9g9kNmW41qYuSdjTI&#10;P7CoSCnh0CPUgliCdrp8BVWVVCujcntFVRWoPC8p9zlANlF4kc1jQWrucwFxTH2Uyfw/WPp5/6BR&#10;yTKcYCRJBSVaac6d4CieOHma2kwh6rF+0C5BU98r+s2AIzjzuIWBGLRpPikGMGRnlZfkkOvK7YRk&#10;0cEr/3RUnh8sovAxHcZJGkKBKPiieOQLE5Bpv5fujP3Alcch+3tj27oxsLzqrOO+Boi8ElDC9wMU&#10;oigcjf2rq/MxLOrD3gVoHaIGTSZpfxmOQXEf1GJF4fD3YMM+zoHFJ2CQwLanSIqeNT3IjjZYiLhG&#10;Cb1QtTJOoDWQ6xUCBAhyKf4hFs6+jG33dEdo6IDLu68xgru/aTWpiXXM3BHORE2GvRbuQ6X2fK28&#10;y16UDg558Qp5GuW3n7Jq3bDDHQD3pjX8oY7rSWmlWpVC+NoK6aik4ST12hglSuacjo3R281caLQn&#10;rqv945IBsLMwrXaSebCCE7bsbEtK0doQL7y2cAs7Cdx99G37YxJOluPlOBkkcbocJOFiMbhbzZNB&#10;uopG14vhYj5fRD8dtSiZFiVjXDp2/QiJkr9r0W6Ytc1/HCJnWZwlu/LP62SDcxpeC8il/2217lu0&#10;7emNYk/Qrlq1MxFmOBiF0s8YNTAPM2y+74jmGImPEgbOJEoSN0D9IrkexbDQp57NqYdIClAZthgu&#10;uDPnth26u1qX2wJOinxZpbqDMZGXrp/9PGlZdQuYeT6Dbj67oXq69lEv/yKzXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEMNuPLdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;XQIUQpwKVSpXaGgLRydekoh4HcVuG/h6Nic4zuxo9k22HF0njjiE1pOG+UyBQKq8banWsH1bX92D&#10;CNGQNZ0n1PCNAZb5+VlmUutPtMFjEWvBJRRSo6GJsU+lDFWDzoSZ75H49ukHZyLLoZZ2MCcud528&#10;VupOOtMSf2hMj6sGq6/i4DTs/M59JD/J2jfFqtr35evL83ut9eXF+PQIIuIY/8Iw4TM65MxU+gPZ&#10;IDrWasHoUcPtzQLEFJirhJ1ych5A5pn8PyH/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAeuhl36AgAAjQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEMNuPLdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBBD5B3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64022E89" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C01702" w14:textId="3F6984DD" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487596032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08349586" wp14:editId="69CED90C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>684530</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>172085</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6324600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Freeform 28"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6324600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1078 1078"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9960"/>
+                            <a:gd name="T2" fmla="+- 0 11038 1078"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9960"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9960">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9960" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="783FDA86" id="Freeform 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15720448;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9960,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTXDZI+wIAAI0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVdtu2zAMfR+wfxD0uCH1Ja5zQZ2iyGUY&#10;0G0Fmn2AIsuxMVnyJCVOO+zfR0l2mqQbMAzzgyOZ1OHhocjc3B5qjvZM6UqKDEdXIUZMUJlXYpvh&#10;r+vVYIyRNkTkhEvBMvzENL6dvX1z0zZTFstS8pwpBCBCT9smw6UxzTQINC1ZTfSVbJgAYyFVTQxs&#10;1TbIFWkBveZBHIZp0EqVN0pSpjV8XXgjnjn8omDUfCkKzQziGQZuxr2Ve2/sO5jdkOlWkaasaEeD&#10;/AOLmlQCgh6hFsQQtFPVK6i6okpqWZgrKutAFkVFmcsBsonCi2weS9IwlwuIo5ujTPr/wdLP+weF&#10;qjzDQ4wEqaFEK8WYFRzFYytP2+gpeD02D8omqJt7Sb9pMARnFrvR4IM27SeZAwzZGekkORSqtich&#10;WXRwyj8dlWcHgyh8TIdxkoZQIAq2KB65wgRk2p+lO20+MOlwyP5eG1+3HFZO9bzjvgaIouZQwvcD&#10;FKIoHI3dq6vz0S3q3d4FaB2iFk0maX8Zjk5x7+SxonD4ezBQzse0YPEJGCSw7SmSsmdND6KjDStE&#10;bKOETqhGaivQGsj1CgECONkU/+ALsS99/ZkuhIIOuLz7CiO4+xuvSUOMZWZD2CVqM+y0sB9quWdr&#10;6UzmonQQ5MXKxamXO37KypvhhA0A98YvXFDL9aS0Qq4qzl1tubBU0nCSOm205FVujZaNVtvNnCu0&#10;J7ar3WOTAbAzNyV3IndgJSP5slsbUnG/Bn/utIVb2Elg76Nr2x+TcLIcL8fJIInT5SAJF4vB3Wqe&#10;DNJVNLpeDBfz+SL6aalFybSs8pwJy64fIVHydy3aDTPf/MchcpbFWbIr97xONjin4bSAXPpfr3Xf&#10;or6nNzJ/gnZV0s9EmOGwKKV6xqiFeZhh/X1HFMOIfxQwcCZRktgB6jbJ9SiGjTq1bE4tRFCAyrDB&#10;cMHtcm780N01qtqWEClyZRXyDsZEUdl+dvPEs+o2MPNcBt18tkP1dO+8Xv5FZr8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAclweC3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qJ1GoiiNU6FK5QqEFjg6yTaOiNdR7LaBr2dzguPMjmbf5JvJ9eKMY+g8aUgWCgRS7ZuOWg37t93d&#10;A4gQDTWm94QavjHApri+yk3W+Au94rmMreASCpnRYGMcMilDbdGZsPADEt+OfnQmshxb2YzmwuWu&#10;l0ul7qUzHfEHawbcWqy/ypPTcPAH95n+pDtvy239PlQvz08frda3N9PjGkTEKf6FYcZndCiYqfIn&#10;aoLoWasVo0cNy1UCYg4kKmWnmp0UZJHL/xOKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDTXDZI+wIAAI0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAclweC3QAAAAoBAAAPAAAAAAAAAAAAAAAAAFUFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" path="m,l9960,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6324600,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3F8E60" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4745F33C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61911006" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15209E1C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1112"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5E492D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3555"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="89"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">жылғы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2A153E" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7DD9D2" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531A0F26" w14:textId="63E4ACD3" w:rsidR="00ED4EC0" w:rsidRDefault="00FF37D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="-1577"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="401E0A6A" wp14:editId="1150CD67">
+                <wp:extent cx="1676400" cy="6350"/>
+                <wp:effectExtent l="12700" t="1905" r="6350" b="10795"/>
+                <wp:docPr id="1" name="Group 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1676400" cy="6350"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2640" cy="10"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="28" name="Line 27"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="5"/>
+                            <a:ext cx="2640" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="24619C71" id="Group 26" o:spid="_x0000_s1026" style="width:132pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2640,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGK5B9cwIAAHkFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4D8nvijrttYTaopTvLS&#10;bZXa/QAC2EbDgIDGiab9912wk7TpS9XlgYDvvYdzzwHu7vedQDtmLFdyHqXTJEJMEkW5bObRr+f1&#10;5DZC1mFJsVCSzaMDs9H94uuXu16XLFOtEpQZBCDSlr2eR61zuoxjS1rWYTtVmkkI1sp02MHSNDE1&#10;uAf0TsRZkhRxrwzVRhFmLXythmC0CPh1zYj7WdeWOSTmEXBzYTRh3PoxXtzhsjFYt5yMNPAnWHSY&#10;S9j0BFVhh9GL4e+gOk6Msqp2U6K6WNU1Jyz0AN2kyUU3G6NedOilKftGn2QCaS90+jQs+bF7NIhT&#10;8C5CEndgUdgVZYXXptdNCSkbo5/0oxkahOmDIr8thOPLuF83QzLa9t8VBTz84lTQZl+bzkNA12gf&#10;LDicLGB7hwh8TIubIk/AKQKx4up6dIi0YOO7ItKuxrIMioaaNFTEuBx2CwxHRr4dOGX2LKT9PyGf&#10;WqxZ8Md6lUYhs6OQD1wylN0MOoaMpRxEJHs5ioikWrZYNixgPR80CJb6CiD+qsQvLDjwQVGvh3N9&#10;FPWszltxcKmNdRumOuQn80gA42AV3j1Y51mcU7xzUq25EPAdl0KiHhxKZkUosEpw6oM+Zk2zXQqD&#10;dtjfuvALLUHkdRqcbkkDWMswXY1zh7kY5rC5kB4P+gA642y4Vn9myWx1u7rNJ3lWrCZ5UlWTb+tl&#10;PinW6c11dVUtl1X611NL87LllDLp2R2veJp/zPnxsRku5+mSn2SI36IHvYDs8T+QDkZ674bjt1X0&#10;8GiOBsNhDFaH+x3KxrfIPyCv1yHr/GIu/gEAAP//AwBQSwMEFAAGAAgAAAAhAH2fWXnZAAAAAwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGqRmE0pRT0VwVYQb9PsNAnNzobs&#10;Nkn/vaOXehl4vMeb7+XLybVqoD40ng2kswQUceltw5WBz93r3ROoEJEttp7JwJkCLIvrqxwz60f+&#10;oGEbKyUlHDI0UMfYZVqHsiaHYeY7YvEOvncYRfaVtj2OUu5aPU+ShXbYsHyosaN1TeVxe3IG3kYc&#10;V/fpy7A5Htbn793j+9cmJWNub6bVM6hIU7yE4Rdf0KEQpr0/sQ2qNSBD4t8Vb754ELmXUAK6yPV/&#10;9uIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxiuQfXMCAAB5BQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfZ9ZedkAAAADAQAADwAAAAAAAAAA&#10;AAAAAADNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
+                <v:line id="Line 27" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,5" to="2640,5" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4QEJEwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mtWDltUoKqiFPdUW9PhInpvFzcuyibvbf98UCj0OM/MNs94OrhYdtaHyrGA2zUAQ&#10;a28qLhV8fR5f30CEiGyw9kwKvinAdjN6WWNufM8f1F1iKRKEQ44KbIxNLmXQlhyGqW+Ik3f3rcOY&#10;ZFtK02Kf4K6W8yxbSIcVpwWLDR0s6cfl6RR05+LWFUuP+nwt9lYfT9WyPyk1GQ+7FYhIQ/wP/7Xf&#10;jYI5/F5JN0BufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4QEJEwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight=".48pt"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C4180C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DB45C5" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720" w:equalWidth="0">
+            <w:col w:w="1114" w:space="40"/>
+            <w:col w:w="3596" w:space="4432"/>
+            <w:col w:w="1508"/>
+          </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5077"/>
-        <w:gridCol w:w="3979"/>
+        <w:gridCol w:w="5653"/>
+        <w:gridCol w:w="3680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w14:paraId="196EDB37" w14:textId="77777777" w:rsidTr="002C6808">
-[...826 lines deleted...]
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w14:paraId="7AA0822D" w14:textId="77777777" w:rsidTr="002C6808">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="56C2070F" w14:textId="77777777" w:rsidTr="00A05A87">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5E8B19" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="19B2867C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="250B33DF" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="70DDF7DE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...7 lines deleted...]
-          <w:p w14:paraId="39D1BA2B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          </w:p>
+          <w:p w14:paraId="0E7B0207" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DDFDA63" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="20097C1E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FC9EED7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="26EB5FDE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10DC9702" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="2EC9A0BD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7999E697" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="08284B61" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="203017E8" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="0CE07E1D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7011EC3B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1B52E904" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="3E333E81" w14:textId="77777777" w:rsidTr="00A05A87">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C95A4A9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DADBE8" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2018C2C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4EF1B1EE" w14:textId="3C9B9306" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z186"/>
+      <w:r w:rsidRPr="00737FA7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C9804AC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRDefault="00A56C9D" w:rsidP="00A56C9D">
-[...278 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="376432A2" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="524"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="04A379BD" w14:textId="4D8F9E65" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="4BC4281C" w14:textId="30B8AD39" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1148A68C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="2943D3D9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B2A07E0" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...17 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="2A230440" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="067CED00" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...17 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+          <w:p w14:paraId="1C66CB9E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="019CDD90" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...38 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w14:paraId="2E9E2100" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0364C41C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19BC6621" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="37DA25A5" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="5364D648" w14:textId="6BA6C6DE" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="74BCE2AF" w14:textId="46E2FEC9" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E8203D5" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3F438E04" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CD9B063" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="1DAC131C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36508DAC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="6D65E2F9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B57D2CE" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...86 lines deleted...]
-              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+          <w:p w14:paraId="78C1676F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAA0CA1" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB34757" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C4C00E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B089EB1" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78282C67" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D5548AD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="4F6346C0" w14:textId="383C7211" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="0503F52F" w14:textId="1BD1DEA8" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E7D6058" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D51537B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE60828" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w14:paraId="03FC4B90" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35D3A77F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="00EB776F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13CD791F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="64517F91" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2597B7E4" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48767F71" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01F0B964" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5D578349" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="62038B9C" w14:textId="0B04E22F" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="2DB92F7C" w14:textId="01546077" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E9E0C04" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="03E1CB78" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="003FCE3F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="08476156" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AD803BB" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="356DD033" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C13E34B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w14:paraId="50D8F198" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5565E909" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1D0559A6" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="4B67C2EE" w14:textId="41A9E570" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="2BA8718C" w14:textId="714CF36B" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D0FD7EF" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="345F64AA" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23DBB3C2" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+          <w:p w14:paraId="4AA5A593" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E8BDB57" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w14:paraId="4FCDCDBF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="166A657C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...122 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="255AEDF5" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C67941E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA9FAA6" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40016B2D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11797205" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B17E708" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F07071B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DD3C8D0" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="30234B77" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="4753A30B" w14:textId="30CBA636" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="612DE7AC" w14:textId="5512F290" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66AE0CFC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7818E06C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E35084C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+          <w:p w14:paraId="6D6683E5" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="138C22E7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="10DEE15B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0223C2DA" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w14:paraId="51780898" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04EE9354" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F96A467" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FB42682" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="52F07273" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="33E27783" w14:textId="0D36083F" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="4CA1993C" w14:textId="6D639472" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EA2A9F2" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="391D8CAC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="715E97A8" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+          <w:p w14:paraId="3DAA7E7F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алғаш рет жұмысқа тұрған педагогтер үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54ECF3DA" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="50C3AA13" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2153DAB9" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...32 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="7D606FDE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері "өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B09719" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CE70325" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2042BE1F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="21B37264" w14:textId="75708D5C" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="562CE9DC" w14:textId="3B846389" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="120FA785" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6E807613" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D9A655D" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w14:paraId="513EAA97" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">орнынан ұсыныс хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="272FAF00" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+          <w:p w14:paraId="6C234E13" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B59638C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...32 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w14:paraId="21772C56" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EC956A" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79EC0A6A" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="60EB420E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="181A88FC" w14:textId="6F58786B" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="0D11DE81" w14:textId="3C51F145" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C383A65" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="14147B8F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14252D41" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="70D4E03B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7145D420" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="31AB3BFC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1128F277" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AEA7062" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71532138" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...104 lines deleted...]
-              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+          <w:p w14:paraId="3EE63F6F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) олимпиадалар және конкурстар жеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="221C6B74" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37530AB9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) олимпиадалар және конкурстар жеңімпаздары - 3 балл "Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07CF1CEC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F9548AD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3010A113" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2EA1CA45" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="28210C12" w14:textId="090027A7" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="207319A1" w14:textId="0FD9899E" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D05DD00" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0191C38C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74FC1E57" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="50078CAD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0724EB8A" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="4CACB93E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E6CD165" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+          <w:p w14:paraId="194B5026" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794E865C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54857F57" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65FDEBA9" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="27812FFE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="0C8479AA" w14:textId="5946A2DC" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="27636434" w14:textId="221AE297" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16D8C4B7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7AAAF3FA" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14FF6079" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="0B5EAA65" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2424BA15" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+          <w:p w14:paraId="49BB9FCF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30036CFB" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...86 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="3DEEAE1A" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0899F67D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1591C120" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13AAA672" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C01146" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05E2C46B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7C7380FC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="53EB80AF" w14:textId="6795DEF6" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="4D14426E" w14:textId="76284458" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="513C31BE" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2B07D417" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D4D2EB4" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="66604ED8" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65055959" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="17BDA22B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6102FC19" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8E38ED" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D2AC0E0" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3636F9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46E7FA59" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7C06F7" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" программалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D241B61" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3B366B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A3B36F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A27A03D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3B01BF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BBF086D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB32A2B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>предметной подготовки;</w:t>
-[...188 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56659507" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12130C7B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD2837A" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A0AD362" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5C3E61" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TKT</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D1D8AC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2271F243" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0867BB87" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E91CC97" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TESOL"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in teaching English for young learners</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A626638" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF83002" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching Young Learners and </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B56A95F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46AC8A09" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64386418" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6264CAFA" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCBC5FD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57776DB3" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Educational Management</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BB8505C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
-[...141 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41081EEC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="08EF9538" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
-[...80 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A3C36DE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2311E553" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0097729B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B977601" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="01D2ED77" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="344EAF75" w14:textId="7C97011E" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="3C0A48C6" w14:textId="13ECADB3" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CB48D93" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="1D45508E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05A7E545" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="07300752" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="151349A2" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w14:paraId="58957CF3" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FFC7CDB" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w14:paraId="79E75DE6" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4812C65F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="79D059BC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="7188E5DB" w14:textId="135108B3" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="39D99FB6" w14:textId="490F6A7F" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49ADE36F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="7196B675" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EFB018D" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3DE2A13D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A506904" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E774B19" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...19 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6F7564DF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BE6F26E" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="00A56C9D">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6CD0DA1D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55EF20C7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRDefault="00A56C9D" w:rsidP="00A56C9D">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="234C71F0" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w14:paraId="46BBD124" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w14:paraId="2E531A76" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w14:paraId="44A758FD" w14:textId="77777777" w:rsidR="003E3C5B" w:rsidRDefault="003E3C5B" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="6075" w:right="487"/>
+        <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E0BB0D" w14:textId="77777777" w:rsidR="00CE4BB6" w:rsidRDefault="00CE4BB6" w:rsidP="00A56C9D">
-[...10 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="003E3C5B" w:rsidSect="00C947C0">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01EA27B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2645A44"/>
+    <w:lvl w:ilvl="0" w:tplc="4FDABD32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B9B013C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="685E4EB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1ECCE910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9D9261CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EEAE4D9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A6AD4AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CE7874B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0740631C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03C71FF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B692B270"/>
+    <w:lvl w:ilvl="0" w:tplc="0F32512C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="70ACDFDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C91AA59A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76DD50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CF626A5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0F5A64A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="98D0F4B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="88E676E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="33C2FFA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04D75BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D64E898"/>
     <w:lvl w:ilvl="0" w:tplc="95BCB918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3C3C5298">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB0499E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC1EEC94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A140C130">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="095C9204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="40FC5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BFA757C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A4893A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10762A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2196FD7E"/>
     <w:lvl w:ilvl="0" w:tplc="67B29DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="57C23DF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E620034C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E4646A4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614E88A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6512E94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0792E254">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69AC78D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18076780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B8D24E"/>
     <w:lvl w:ilvl="0" w:tplc="982C6C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C6AC66C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B96C0642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="766EF376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5CA93DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BA920800">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="688C2B0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2F843C1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80B656FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A644D23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E8970E"/>
     <w:lvl w:ilvl="0" w:tplc="5950B8EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96F60AC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BBCC1442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="86B44E3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F55EBEEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DFE30B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BE8A655C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5EEB192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D952C88A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E01B12"/>
     <w:lvl w:ilvl="0" w:tplc="F8BC0274">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="69F6980A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E442E7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="857A194E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0E9258D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D2EC5F48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D8A4A576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CDA5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F34F7EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="409A2685"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08BA00D2"/>
+    <w:lvl w:ilvl="0" w:tplc="BBF660F0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="367" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3828EA2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1009" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1116ED20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1658" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="928C88CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2307" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4EB02C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B21A2220">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3605" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="924264A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4254" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5DFAB29C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4903" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9B6284B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5552" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46625A9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82CAF9E2"/>
+    <w:lvl w:ilvl="0" w:tplc="E320D8B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8A8C98E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="73C49A20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6636810A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D8C456C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A748FC9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EA5EAAF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5F7ECA92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E30CF856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E07FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4A8060"/>
     <w:lvl w:ilvl="0" w:tplc="7A64C76E">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="368" w:hanging="260"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6068F7FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75EC55A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1AA615E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2511" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CADAB442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DF0A402A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD3CD1D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4663" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="894A63D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D75C6B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6097" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ADC25FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94F03610"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA807C0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="180"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CD247AB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="531" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="83889E28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1022" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DD18A16A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1513" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="06CC19B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2004" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="987068DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2495" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3C5ACBA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2986" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F9C6E166">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3477" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1CADBE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3968" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50465C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39886140"/>
     <w:lvl w:ilvl="0" w:tplc="3F842FA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C56C543E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="411C24FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A698837E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FE92ACD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85D8329E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2A881856">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCEA94C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29BA4FB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54296A1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="05C82A58"/>
+    <w:lvl w:ilvl="0" w:tplc="FE64C6B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F3E06822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="414C706E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="850CB6FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="93B05C68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7850F666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="321232D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4F0014D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4DF2A39C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57800B1C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EAA43BFE"/>
+    <w:lvl w:ilvl="0" w:tplc="DCD8F8BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34EA6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C48CD2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="571ADF40">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="32AEBD5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04404666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="23E0AF7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D932ED14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D01A320C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F3701C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="791C9E5A"/>
+    <w:lvl w:ilvl="0" w:tplc="629443D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="247" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E12026E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="901" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1F9E3A9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1562" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8AF41E30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2223" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="89BC5568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2884" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E904E784">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3545" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="726E5F4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4206" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="52560900">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4867" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="874A94AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5528" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70A70729"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF44F832"/>
+    <w:lvl w:ilvl="0" w:tplc="41A01026">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EE10866A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14AC6BEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ABD0D5D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5D202232">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4732993C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="41C80050">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6B2AC694">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D86AEE2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76294A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73ADD50"/>
     <w:lvl w:ilvl="0" w:tplc="BEB23D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="286"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C201FEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E00E0D14">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3756712A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B3101E90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DED8A352">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FD2C3E3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="94FAC376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20769ECC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
-[...38 lines deleted...]
-  </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00744B21"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00E60B6E"/>
+    <w:rsidRoot w:val="00ED4EC0"/>
+    <w:rsid w:val="000152B0"/>
+    <w:rsid w:val="000377A5"/>
+    <w:rsid w:val="00053E29"/>
+    <w:rsid w:val="000C1F1F"/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00122E0F"/>
+    <w:rsid w:val="001F2B91"/>
+    <w:rsid w:val="00293E19"/>
+    <w:rsid w:val="003E3C5B"/>
+    <w:rsid w:val="00442683"/>
+    <w:rsid w:val="00442F53"/>
+    <w:rsid w:val="004D412E"/>
+    <w:rsid w:val="00511AC2"/>
+    <w:rsid w:val="00575137"/>
+    <w:rsid w:val="006C3922"/>
+    <w:rsid w:val="006F0ADC"/>
+    <w:rsid w:val="007E06ED"/>
+    <w:rsid w:val="007E70B6"/>
+    <w:rsid w:val="00853A80"/>
+    <w:rsid w:val="00875D02"/>
+    <w:rsid w:val="008B3C9F"/>
+    <w:rsid w:val="0092356F"/>
+    <w:rsid w:val="00931795"/>
+    <w:rsid w:val="00953BEC"/>
+    <w:rsid w:val="00A64398"/>
+    <w:rsid w:val="00AD1D1B"/>
+    <w:rsid w:val="00AF10FF"/>
+    <w:rsid w:val="00E20B44"/>
+    <w:rsid w:val="00ED4EC0"/>
+    <w:rsid w:val="00F24F3E"/>
+    <w:rsid w:val="00F96811"/>
+    <w:rsid w:val="00FA7A17"/>
+    <w:rsid w:val="00FA7EF9"/>
+    <w:rsid w:val="00FF37D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C8EEC50"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{332FCE74-CECA-43E5-8E7F-0528D8401BCF}"/>
+  <w14:docId w14:val="76029EB1"/>
+  <w15:docId w15:val="{AD7EA95C-0A44-4E6D-AEA5-0E654ACF4638}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9876,51 +13619,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9989,51 +13732,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -10189,572 +13932,554 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
-[...5 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
     <w:pPr>
       <w:ind w:left="344" w:right="559"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000152B0"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000152B0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00634804"/>
+    <w:rsid w:val="000377A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...113 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...18 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1742</Words>
-  <Characters>9932</Characters>
+  <Words>1583</Words>
+  <Characters>9027</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11651</CharactersWithSpaces>
+  <CharactersWithSpaces>10589</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2022-10-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2022-11-03T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>