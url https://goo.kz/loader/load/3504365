--- v0 (2025-12-09)
+++ v1 (2025-12-10)
@@ -1,4947 +1,8152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="0D257C9A" w14:textId="15937784" w:rsidR="009C67FC" w:rsidRPr="00810382" w:rsidRDefault="00A14D64" w:rsidP="009C67FC">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">КГКП ДПК «Жигер» отдела образования города </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
       </w:r>
-      <w:r w:rsidR="00F51F51" w:rsidRPr="00810382">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0027231B" w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Павлодар</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
       </w:r>
-      <w:r w:rsidRPr="00810382">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> управления образования объявляет конкурс на </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру басқармасы, Павлодар қаласы білім беру бөлімі</w:t>
       </w:r>
-      <w:r w:rsidR="000C013E" w:rsidRPr="00810382">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0027231B" w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">вакантную </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
       </w:r>
-      <w:r w:rsidRPr="00810382">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>должность</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90C40" w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E27AD9B" w14:textId="03AB0F12" w:rsidR="000C013E" w:rsidRPr="00810382" w:rsidRDefault="00F35A76" w:rsidP="008C0665">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="603D716B" w14:textId="506853B8" w:rsidR="0027231B" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="0027231B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагог</w:t>
+        <w:t xml:space="preserve">«Жігер» балалар-жасөспірімдер клубы»  </w:t>
       </w:r>
-      <w:r w:rsidR="00D22F60">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0027231B" w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> дополнительного образования </w:t>
+        <w:t>КМҚК</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD6C13A" w14:textId="77777777" w:rsidR="002627D6" w:rsidRPr="002627D6" w:rsidRDefault="002627D6" w:rsidP="00321427">
+    <w:p w14:paraId="1F056E36" w14:textId="4599BBF9" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="0074369E" w:rsidP="0027231B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB29C1" w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім бері педагогі</w:t>
+      </w:r>
+      <w:r w:rsidR="0027231B" w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E61C2D1" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="388"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7181"/>
+        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="1804"/>
+        <w:gridCol w:w="3676"/>
+        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="13BB7D29" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00A92807" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7023A659" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B1957A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="11C02797" w14:textId="75012028" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="008600F9">
+          <w:p w14:paraId="2F93F5BC" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы білім беру басқармасы, Павлодар қаласы білім беру бөлімі «Жігер» балалар-жасөспірімдер клубы»  КМҚК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="798A1077" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00A92807" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1ABD554E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7E48C8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="43BB0A61" w14:textId="122A8D0C" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="008600F9" w:rsidP="00823496">
+          <w:p w14:paraId="4E2219DE" w14:textId="3DBAB14C" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар қаласы,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2440F" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F64AF" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ак</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2440F" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шөкин көшесі 32/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...46 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="3A9A33E5" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40A68E48" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50AD2D1B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA8538E" w14:textId="24F81669" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00823496">
+          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="28"/>
-[...28 lines deleted...]
-              <w:t>65-43-21</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8(7182)65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E75D9D" w14:paraId="6F66C794" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="48C5B2B4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63658D6A" w14:textId="45C5748E" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>адрес электронной почты</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="49EEF62C" w14:textId="7A29741F" w:rsidR="00CB6B4F" w:rsidRPr="00E75D9D" w:rsidRDefault="00E75D9D" w:rsidP="00321427">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="46650D3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>metod-ziger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>metod-ziger@mail.ru</w:t>
+              <w:t>mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="43A5545F" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5503718D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00280093" w14:textId="101EA058" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Наименование вакантной должности, нагрузка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5400F1" w14:textId="7C0BB189" w:rsidR="004F2A50" w:rsidRPr="00600B15" w:rsidRDefault="005A47FD" w:rsidP="00F01303">
+          <w:p w14:paraId="6152CD9C" w14:textId="4F3E8042" w:rsidR="001D7669" w:rsidRPr="006D3BDF" w:rsidRDefault="00714028" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дене шынықтыру және спорт </w:t>
+            </w:r>
+            <w:r w:rsidR="0032428A" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша білім беру педагогі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327BD609" w14:textId="77777777" w:rsidR="001D7669" w:rsidRPr="006D3BDF" w:rsidRDefault="001D7669" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D9ACB35" w14:textId="2344E4FD" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="0032428A" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18 сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46728E97" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...131 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="438C65DB" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00A92807" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="006D3BDF">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="3960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38A29E01" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51946215" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7AE961" w14:textId="3FC72C4D" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
-            <w:pPr>
+          <w:p w14:paraId="32439D6C" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="005F64AF">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7213" w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>дене шынықтыру бойынша жаттықтырушы-оқытушы дене тәрбиесінің бағдарламасы мен әдістемесіне сәйкес тәрбиеленушілерді оқыту бойынша жұмыс жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66FAF3A7" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      балалардың жасын, дайындығын, жеке және психофизикалық ерекшеліктерін ескере отырып, міндеттері мен мазмұнын анықтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44622915" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      тәрбиеленушілерді дене жаттығуларын орындау дағдылары мен техникасын пайдалануға үйретеді, олардың адамгершілік-ерік қасиеттерін қалыптастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04CED530" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      дене шынықтыру сабақтарын және спорттық іс-шараларды өткізу кезінде білім алушы тәрбиеленушілердің толық қауіпсіздігін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD53BA7" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      дәрігерге дейінгі алғашқы көмек көрсетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485E2566" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      санитариялық-гигиеналық нормалардың сақталуын үнемі қадағалап отырады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECD8894" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      медицина қызметкерлерімен бірге балалардың денсаулық жағдайын бақылайды және физикалық жүктемелерін реттейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DFD7D65" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      білім алушылардың өмірі мен денсаулығына, қауіпсіздігіне жауап береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C0472F" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      салауатты өмір салтын насихаттайды; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B77B874" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      тәрбиеленушілердің ата-аналарымен және тәрбиешілерімен тығыз байланыста жұмыс істейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEC26F0" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="004A6898" w:rsidRDefault="00EA7213" w:rsidP="00EA7213">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>      еңбек қауіпсіздігі және еңбекті қорғау қағидаларына нұсқама береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ABBBC3" w14:textId="3C761E7B" w:rsidR="00EA7213" w:rsidRPr="006D3BDF" w:rsidRDefault="00BE0903" w:rsidP="00BF2DFB">
+            <w:pPr>
+              <w:divId w:val="301037831"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3D03" w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  белгіленген құжаттама мен есептілікті жүргізед</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2DFB" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24631712" w14:textId="0B49D370" w:rsidR="00944C92" w:rsidRPr="006D3BDF" w:rsidRDefault="002D514F" w:rsidP="00944C92">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+              <w:divId w:val="2085450332"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6898">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4015483A" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006B4E50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конституциясы</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, Қазақстан Республикасының "</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006B4E50">
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z070000319_" \l "z1"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006B4E50">
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1900000293" \l "z22"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="006B4E50">
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог мәртебесі туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1500000410" \l "z1"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="001578E7" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" заңдары және білім беру қызметін, Қазақстан Республикасында білім беруді дамытудың басым бағыттарын реттейтін өзге де нормативтік құқықтық актілер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18816C38" w14:textId="0B80BA08" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психология </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негіздерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заңнамасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38215F82" w14:textId="2308CD16" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  -педагогикалық этиканың нормалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7359DCC9" w14:textId="01F99CA7" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  -тәрбие жұмысының әдістемесін, өнімді, сараланған, дамытушылық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оқытудың заманауи педагогикалық технологиялары, құзыреттілік тәсілді іске асыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5977EDB3" w14:textId="405B097F" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> -білім алушылармен, әртүрлі жастағы тәрбиеленушілермен, олардың ата-аналарымен (оларды алмастыратын адамдармен), педагогтармен байланыс орнату, жанжалды жағдайлардың себептерін диагностикалау, олардың алдын алу және шешу әдістері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E6CE68" w14:textId="21451071" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  -білім беру ұйымдарының ішкі еңбек тәртібінің қағидалары, еңбек қауіпсіздігі және еңбекті қорғау, өрт қауіпсіздігі қағидалары.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036E61AB" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32D4F164" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B857129" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRPr="006D3BDF" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BA65727" w14:textId="45EAC479" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...274 lines deleted...]
-            </w:r>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="24F5133C" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00A92807" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7C2C634A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="3421B703" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE9FAD4" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="710FFFF1" w14:textId="0377E5E2" w:rsidR="002627D6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0ABF4BFE" w14:textId="0910B6C2" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификациялық санаты мен жұмыс өтіліне сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783B816F" w14:textId="676BC90C" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00D90C40" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...60 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 124586</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6412" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>,88</w:t>
             </w:r>
-            <w:r w:rsidR="00E01CAB">
-[...20 lines deleted...]
-          <w:p w14:paraId="67D301B3" w14:textId="68FF0F7C" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="004A6BCA">
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00606CAF" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE18094" w14:textId="60235009" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D90C40">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...107 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (мах):</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 148300</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6412" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,86 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="23BCEE28" w14:textId="77777777" w:rsidTr="009D772B">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00A92807" w14:paraId="5C3D616D" w14:textId="77777777" w:rsidTr="002676F3">
         <w:trPr>
-          <w:trHeight w:val="2988"/>
+          <w:trHeight w:val="3889"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EFAB27" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="179E0336" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D85E683" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w14:paraId="23EDFDF8" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="24E90649" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C34D447" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="013D323D" w14:textId="4EAAB716" w:rsidR="00487083" w:rsidRPr="009563AC" w:rsidRDefault="009563AC" w:rsidP="00702E6C">
+          <w:p w14:paraId="25E87821" w14:textId="77777777" w:rsidR="002676F3" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="002676F3">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="009563AC">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>қойылмай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>даярлауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A420987" w14:textId="5150F65B" w:rsidR="002676F3" w:rsidRPr="006D3BDF" w:rsidRDefault="002676F3" w:rsidP="002676F3">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің орта немесе жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127464F9" w14:textId="2A07EA42" w:rsidR="002676F3" w:rsidRPr="006D3BDF" w:rsidRDefault="002676F3" w:rsidP="002676F3">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-шебер үшін мамандығы бойынша жұмыс өтілі-кемінде 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C0A90C" w14:textId="165271A3" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2721F193" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="0B08FC04" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22093D84" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5789ACC8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="57B66336" w14:textId="71B2F3D0" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00600B15" w:rsidP="00321427">
+          <w:p w14:paraId="32A14024" w14:textId="30321CE0" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00F6712C" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
-            <w:r w:rsidR="0074187A">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00697248" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
+            <w:r w:rsidR="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00697248" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697248" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6898">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00697248" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="0074187A">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00D90C40" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00606CAF" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...89 lines deleted...]
-              <w:t>г.</w:t>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="6775C456" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00A92807" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72B8E06B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39866733" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7431F2F4" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="437853E1" w14:textId="49D12046" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ққұжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A36B3DB" w14:textId="59B0543E" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9EBF96" w14:textId="5F6497E0" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2828AE0B" w14:textId="7435ACA0" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA99996" w14:textId="6EA22D1E" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6)«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7475F52B" w14:textId="33EB59BE" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4B5F1D" w14:textId="07283778" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228CDC57" w14:textId="6CF640FF" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұданә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесепедагог-модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болғанжағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="3B427C44" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10) ағылшын тілі педагогтары лауазымына орналасуға үміткерлер үшін пән  бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификат немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E0CC45" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="00A61FD6" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100919CF" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="00201423" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12) бос немесе уақытша жұмысқа үміткердің толтырылған бағалау парағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482FCA27" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="006D3BDF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...133 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...401 lines deleted...]
-              <w:t>я для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
+              <w:t>жұмыс өтілі жоқ кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480  бейнепрезентация;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="1719DC65" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="006D3BDF" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F323DD6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E5FAE9A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3574A775" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="29BE5997" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="281EBFD1" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C7E5D4E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="38A2B636" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="774AD535" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6B9F7B37" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61A7827E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="179968C7" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04535286" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3478F630" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D2A7CF9" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="744B2977" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A8B2449" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="690C6A8A" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52331EC8" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2E14BF7C" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F7302AD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1C2A31F5" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33D1B5F5" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="236443A2" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60924E48" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...46 lines deleted...]
-          <w:p w14:paraId="2D6C8F85" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="021687C6" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5366CB9E" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F2D0987" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="357B05E5" w14:textId="38CAB3F7" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="717C55A4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4B9E0326" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58AD34E3" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="07EBA44C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CED8B11" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="760AA2C4" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="236F01B0" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="11132B06" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D863BD4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2766355C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1987BCAD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DB80A5A" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28B161ED" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B42B69B" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="177104B0" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45B461A1" w14:textId="5CEC66D4" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006D3BDF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7431BA44" w14:textId="77777777" w:rsidR="006D3BDF" w:rsidRPr="00A92807" w:rsidRDefault="006D3BDF" w:rsidP="006D3BDF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61938A77" w14:textId="77777777" w:rsidR="004A6898" w:rsidRPr="00A92807" w:rsidRDefault="004A6898" w:rsidP="006D3BDF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A31DF91" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C56B5EA" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57BA0955" w14:textId="007EF70A" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="001B5715" w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>емлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1704F559" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3445074A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57355EF3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35886B8A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5628DD97" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...61 lines deleted...]
-    <w:p w14:paraId="70EF239E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="05E3E05B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1222B20B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2541" w:rsidRPr="00A14D64">
-[...14 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213648BB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...66 lines deleted...]
-    <w:p w14:paraId="64663C54" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="5814FF33" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
-[...5 lines deleted...]
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41256112" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="388F3200" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5209C15C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="687E081C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4BCDBF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:p w14:paraId="3BBF6CCD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4609F968" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BDB968" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="07B1DF74" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7EA8D1" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4DD6225B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF0E642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BE4CB6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D91E10B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607357CF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FC80EF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C1F3232" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w14:paraId="48EB1768" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="006D3BDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D55A97" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w14:paraId="7DEDCEAA" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B01360F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w14:paraId="271E4074" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5883CA2B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="4E9B5CCF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52EFC2F7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="394453A8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5317546C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
-[...29 lines deleted...]
-    <w:p w14:paraId="410E9325" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w14:paraId="0D4A2170" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="672FB919" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w14:paraId="6FF16B26" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDCD8F0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="1BA88A1E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7B3566" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="2BC7575F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BC451A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="196FB360" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B3AF04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="6D4137DF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="394E0B9D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w14:paraId="7A096995" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022053BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="562477D5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="47250385" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="006D3BDF" w14:paraId="1506EA47" w14:textId="77777777" w:rsidTr="0035540A">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D393B00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w14:paraId="50160636" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F92BAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07993178" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="2D0D2819" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...45 lines deleted...]
-              <w:t>заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20FFE318" w14:textId="184FBF44" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="6CC80CFD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...16 lines deleted...]
-              <w:t>обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B7DCF9" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="51A731CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D3BDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FA4FA5A" w14:textId="5EE17458" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000C013E" w:rsidP="00437A2D">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="162E9B42" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="139665F3" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="006D3BDF" w14:paraId="6933D29F" w14:textId="77777777" w:rsidTr="0035540A">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7204E153" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="45565B38" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40452F74" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="1CF63A61" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="393A4A2F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2D2A5635" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3CCD23" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4C3A0738" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BD1D187" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="04241174" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B5FEF01" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w14:paraId="76BE53FF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Біліктілік санатының болуы (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA95B10" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421777B6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1958678C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8924F2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5B55DD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FA0C86" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BF59A8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDF47F1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D7AE16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="243E4B0D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D1E906" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E5409C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEC4158" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9387F0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD2DA27" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2007ED73" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2D221A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D822AAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45ABB943" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67EF22B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C12DAF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="006D3BDF" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBB8413" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="087C5548" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0BB080" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25941895" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B2834FC" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F090A89" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688792FA" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DD61C8F" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B004277" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CB9348" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F753D80" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62CAAEA7" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDD46D2" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="006D3BDF" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340A2D03" w14:textId="77777777" w:rsidR="000D425F" w:rsidRPr="006D3BDF" w:rsidRDefault="000D425F" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="7B8C066D" w14:textId="500A7179" w:rsidR="003E27E1" w:rsidRPr="006D3BDF" w:rsidRDefault="000D425F" w:rsidP="00B02A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...23 lines deleted...]
-        <w:t>_</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A60AD5C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
-[...642 lines deleted...]
-    <w:sectPr w:rsidR="00461D73" w:rsidSect="003B5FA9">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="006D3BDF" w:rsidSect="00EF0721">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4975,75 +8180,50 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5665,826 +8845,825 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00022496"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="0007612F"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="000904B0"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C013E"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D425F"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F3960"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="00101DFA"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
-    <w:rsid w:val="00117D57"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
-    <w:rsid w:val="00125F12"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="001537B1"/>
     <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001578E7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
-    <w:rsid w:val="0019236A"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5715"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D7669"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
-    <w:rsid w:val="00226DDB"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="00237E5A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00257B52"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="002627D6"/>
     <w:rsid w:val="00263268"/>
+    <w:rsid w:val="0026328D"/>
     <w:rsid w:val="002647B4"/>
-    <w:rsid w:val="00265292"/>
+    <w:rsid w:val="002676F3"/>
+    <w:rsid w:val="0027231B"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00292526"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A342C"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D514F"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E0EDC"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032428A"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="0033200E"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="00360E6F"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B5FA9"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
-    <w:rsid w:val="003D79A2"/>
+    <w:rsid w:val="003E00BA"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="00461D73"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="004648F2"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00483B03"/>
     <w:rsid w:val="00487083"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004A6898"/>
     <w:rsid w:val="004A6BCA"/>
+    <w:rsid w:val="004A7D2F"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004C5F58"/>
     <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D099B"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D4610"/>
-    <w:rsid w:val="004D7841"/>
+    <w:rsid w:val="004D30EB"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00514DEF"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="005223C7"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
-    <w:rsid w:val="00527547"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="005424C7"/>
     <w:rsid w:val="0054345F"/>
-    <w:rsid w:val="00543719"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="00587313"/>
     <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00590D97"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005A47FD"/>
+    <w:rsid w:val="005B04F2"/>
+    <w:rsid w:val="005B1A35"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
-    <w:rsid w:val="005E010C"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F64AF"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="00600605"/>
-    <w:rsid w:val="00600B15"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00606CAF"/>
+    <w:rsid w:val="00610533"/>
+    <w:rsid w:val="006107CB"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00677758"/>
     <w:rsid w:val="0068146F"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="00697248"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A15A7"/>
+    <w:rsid w:val="006A6418"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B4E50"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006C7C98"/>
+    <w:rsid w:val="006C4E23"/>
     <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006D3BDF"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00702E6C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00714028"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
-    <w:rsid w:val="0074187A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="0074369E"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007450C7"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="0076379F"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="00793C9A"/>
-    <w:rsid w:val="00793E34"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007C73FB"/>
-    <w:rsid w:val="007D1AC3"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E11BB"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E32CF"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="00810382"/>
-    <w:rsid w:val="00815012"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00823496"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00840849"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00852001"/>
+    <w:rsid w:val="00852737"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="008600F9"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00875BAF"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A4746"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008C0665"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
-    <w:rsid w:val="008E6615"/>
-    <w:rsid w:val="008E6FBD"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="0093589C"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00944C92"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="009563AC"/>
+    <w:rsid w:val="00956BFD"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
-    <w:rsid w:val="009B0AD3"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
-    <w:rsid w:val="009C67FC"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D772B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A070AB"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A14D64"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A35CB6"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A633FD"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A92807"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB6167"/>
     <w:rsid w:val="00AC386E"/>
-    <w:rsid w:val="00AC4692"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AC5985"/>
-    <w:rsid w:val="00AD1BAB"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE1B60"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE5613"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B13C4B"/>
+    <w:rsid w:val="00B02A16"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73CFE"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B91A93"/>
     <w:rsid w:val="00B940DA"/>
-    <w:rsid w:val="00B96E1D"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0903"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF2DFB"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C350BA"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C555FF"/>
+    <w:rsid w:val="00C56DDC"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C703BC"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00C9736D"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD79E7"/>
     <w:rsid w:val="00CE631A"/>
-    <w:rsid w:val="00CE6B24"/>
+    <w:rsid w:val="00CF3D03"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D07AA4"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D1732C"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D22F60"/>
+    <w:rsid w:val="00D25599"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D62DE0"/>
     <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D90C40"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
-    <w:rsid w:val="00DA3D75"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
-    <w:rsid w:val="00DB639B"/>
+    <w:rsid w:val="00DB6412"/>
     <w:rsid w:val="00DB69D5"/>
-    <w:rsid w:val="00DB72F8"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
-    <w:rsid w:val="00DC2B83"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC769A"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
-    <w:rsid w:val="00E01CAB"/>
     <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E04261"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E2440F"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E70279"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7253C"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
-    <w:rsid w:val="00E75D9D"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E96E51"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA7213"/>
     <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB29C1"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC3756"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC58C0"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE0A8F"/>
     <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF0721"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00F01303"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03492"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F35A76"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
-    <w:rsid w:val="00F46D1E"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F51F51"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F6712C"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F74D22"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F76D4F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F838DA"/>
+    <w:rsid w:val="00FA2C05"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FC7249"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD120F"/>
-    <w:rsid w:val="00FD5360"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE794D"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3309"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4F309B90"/>
+  <w14:docId w14:val="4672AF0D"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -6768,92 +9947,62 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487083"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
-    <w:name w:val="header"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009C67FC"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00587313"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-    <w:name w:val="Верхний колонтитул Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ab"/>
-[...23 lines deleted...]
-    <w:rsid w:val="009C67FC"/>
+    <w:rsid w:val="002D514F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -7138,113 +10287,122 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487083"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
-    <w:name w:val="header"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009C67FC"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00587313"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-    <w:name w:val="Верхний колонтитул Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ab"/>
-[...23 lines deleted...]
-    <w:rsid w:val="009C67FC"/>
+    <w:rsid w:val="002D514F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="231619559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="245118998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="346492788">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="476607609">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7252,59 +10410,99 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380398890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1557736448">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2085450332">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="301037831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7555,79 +10753,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3C3D088-ACED-47C4-B909-4DF3BCD8B5AE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9565605D-2781-493F-8165-D8D46C5F7EB4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7417</Characters>
+  <Pages>1</Pages>
+  <Words>1464</Words>
+  <Characters>8351</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8701</CharactersWithSpaces>
+  <CharactersWithSpaces>9796</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>