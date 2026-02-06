--- v0 (2025-12-08)
+++ v1 (2026-02-06)
@@ -1,12117 +1,27729 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="15D08EE5" w14:textId="77777777" w:rsidR="004B3899" w:rsidRPr="00855DB0" w:rsidRDefault="00705A37" w:rsidP="004B3899">
+    <w:p w14:paraId="682AD5C4" w14:textId="77777777" w:rsidR="008E22E0" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+        <w:t>КГУ «Средн</w:t>
       </w:r>
-      <w:r w:rsidR="007D1182" w:rsidRPr="00855DB0">
+      <w:r w:rsidR="000353B7" w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>не</w:t>
+        <w:t xml:space="preserve">яя общеобразовательная школа имени </w:t>
       </w:r>
-      <w:r w:rsidR="007815A8" w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.Ауэзова  города Павлодара» объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidR="00880F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">заместителя </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899" w:rsidRPr="00855DB0">
+      <w:r w:rsidR="00422CAC" w:rsidRPr="00A42F53">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшысының оқу жөніндегі орынбасары лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve">руководителя </w:t>
       </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00815E1D" w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E57B850" w14:textId="77777777" w:rsidR="003A7090" w:rsidRPr="00A42F53" w:rsidRDefault="003A7090" w:rsidP="008E22E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="281"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6485"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00D26C77" w14:paraId="65A4E793" w14:textId="77777777" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="19875FC1" w14:textId="77777777" w:rsidTr="00A42F53">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7D06ABE6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1646B56C" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AABA57" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...14 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBB67BB" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00855DB0">
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C" w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006E3405" w:rsidRPr="00855DB0">
+              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="06206F6B" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="79713B76" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08032198" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2C8447" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика Казахстан, Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> область,                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75DBA39B" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город </w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авлодар, улица Ткачева,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="32117185" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="255F03F6" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4927AEA9" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12646F60" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="00AD1156">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00855DB0">
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1156" w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1156" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w14:paraId="4DCB15BD" w14:textId="77777777" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="1CAA3A66" w14:textId="77777777" w:rsidTr="00A42F53">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0254E02D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="623CC545" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5068CC9F" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7EC075" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>auezova</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="50204571" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="498F1220" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B742E0" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...96 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="618D3868" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRDefault="00A722F9" w:rsidP="00815E1D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аместител</w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00800752" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по </w:t>
+            </w:r>
+            <w:r w:rsidR="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учебной   работе– 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B9CDFE" w14:textId="77777777" w:rsidR="001018E5" w:rsidRPr="00A42F53" w:rsidRDefault="001018E5" w:rsidP="00815E1D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="0A12393F" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0114D46D" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172611F2" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...90 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8B3B2C" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организует учебно-воспитательный процесс, текущее планирование деятельности организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A69C630" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     анализирует состояние учебно-воспитательного процесса, научно-методического и социально-психологического обеспечения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E4EE4E" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     координирует работу педагогов по выполнению государственного стандарта, рабочих учебных планов и программ, а также разработку документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1796CD74" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     проверяет краткосрочные планы педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F548794" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     осуществляет контроль за качеством образовательного процесса и объективностью оценки результатов освоения знаний в рамках государственного общеобязательного стандарта образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E1E13A" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     осуществляет работу по организации проведения текущей и итоговой аттестации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8A4B35" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     обеспечивает внедрение новых подходов, эффективных технологий в образовательный процесс;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707401A0" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     организовывает процесс проведения дистанционного обучения, корректирует учебную программу дистанционного обучения для всех классов и расписание занятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6F3B02" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     организовывает и осуществляет внутришкольный контроль по предметам, проводит срез знаний, анализирует качество знаний по итогам внутришкольного контроля, СОР и СОЧ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F377426" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     обеспечивает тематический контроль знаний по предметам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6FA707" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     осуществляет контроль за учебной нагрузкой обучающихся, составляет расписание учебных занятий, курсов и занятий вариативного компонента рабочего учебного плана;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F678D7D" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     организует участие обучающихся и педагогов в олимпиадах, конкурсах, соревнованиях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32ABB500" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     координирует деятельность службы психолого-педагогического сопровождения обучающихся с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="004B8A82" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     осуществляет координацию предметных методических объединений и экспериментальной работы организации образования, обеспечивает научно-методическую и социально-психологическую работу и ее анализ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D0D57F8" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     обобщает и принимает меры по трансляции эффективного опыта педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F4AE85" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     организует работу по наставничеству, повышению квалификации и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>присвоению (подтверждению) квалификационных категорий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD7FC0F" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     планирует работу и вносит предложение по оснащению учебных лабораторий и кабинетов современным оборудованием, наглядными пособиями и техническими средствами обучения, совместно с учителями-предметниками осуществляет выбор альтернативных учебников, организовывает заявку на приобретение учебников и учебно-методических комплексов, в том числе электронных учебников и цифровых ресурсов, пополнению методических кабинетов и библиотек учебно-методической и художественной литературой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14ED99D4" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     ежегодно вносит заявку на пополнение фонда библиотеки литературой;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A330D57" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     обеспечивает безопасность используемых в учебно-воспитательном процессе оборудования, приборов, технических и наглядных средств;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1393ACB5" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     обеспечивает качественное и своевременное составление установленной отчетной документации и анализирует уроки педагогов с представлением обратной связи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23555706" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     проводит методические часы, обучающие семинары, тренинги по совершенствованию учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF84EA8" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     готовит повестку и материалы педагогических советов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FEE55D4" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035625A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="155F74D8" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="7D0643E0" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="782AD0E4" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9CC513" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...92 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22412253" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...11 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CE9B60" w14:textId="77777777" w:rsidR="00AD1156" w:rsidRDefault="00FB0AC1" w:rsidP="000A57B8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектеп басшысының оқу жөніндегі орынбасары </w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...737 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+              <w:t xml:space="preserve">1 ставку </w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75" w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00741625" w:rsidRPr="00855DB0">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC64D0" w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>92189</w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> min</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>192189-</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC64D0" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>max</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> 197852 </w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>197852</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> тысяч </w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мың </w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C2B87D2" w14:textId="77777777" w:rsidR="000A57B8" w:rsidRPr="00A42F53" w:rsidRDefault="000A57B8" w:rsidP="000A57B8">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>теңге</w:t>
-[...51 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00D26C77" w14:paraId="00BEACB5" w14:textId="77777777" w:rsidTr="00707572">
-[...4 lines deleted...]
-          <w:p w14:paraId="7A06CD5D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="6B17774D" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7466D83D" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72015C3F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2882A3B5" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="393CD9A5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36CF20DC" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="432C640D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19070F2E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации "педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDE23FD" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="07FEF259" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E48AF5E" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="457CA6A7" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A123819" w14:textId="6E501EB5" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="001100BD" w:rsidP="003113AE">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>оғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, педагогикалық жұмыс өтілі кемінде 3 жыл;</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00A42F53" w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>     </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008E2FC2">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A42F53" w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>және (немесе) білім беру ұйымының "үшінші біліктілік санатты басшысының орынбасары" немесе "екінші біліктілік санатты басшысының орынбасары" немесе "бірінші біліктілік санатты басшысының орынбасары" біліктілік санатының болуы не "педагог – сарапшы" біліктілігінің болуы немесе "педагог – зерттеуші" немесе "педагог – шебер" біліктілігінің болуы</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>.2025 г.-28.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A42F53" w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025 г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00855DB0" w14:paraId="59F3D642" w14:textId="77777777" w:rsidTr="00707572">
-[...7 lines deleted...]
-          <w:p w14:paraId="2DF458F9" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5AE36FDF" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA3FCF3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="12060B4C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="602BCE17" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8E4411" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00855DB0" w:rsidRPr="00855DB0">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD5EF61" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="094D46B7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="749E924D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>требованиями,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>утвержденными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025F7A2E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23DEE0E6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38669526" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5274A91F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6088EDB1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00137A91" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0651C94C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наличии квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA ( Certificatein English Language Teachingto Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA41A11" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического, профессионального и послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5488BAD0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C738D88" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантную должность педагога по форме согласно Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1809651D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложениям 17, 18 к настоящим</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B78C0AF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...118 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2284C76D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...490 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52C1CA82" w14:textId="77777777" w:rsidR="001674FD" w:rsidRPr="00855DB0" w:rsidRDefault="001674FD" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="62479E98" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F82AC93" w14:textId="77777777" w:rsidR="00707572" w:rsidRPr="00855DB0" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="709C0C3A" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03236AF5" w14:textId="77777777" w:rsidR="00707572" w:rsidRPr="00855DB0" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2D8DF333" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00CAEDAF" w14:textId="77777777" w:rsidR="00707572" w:rsidRPr="00855DB0" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="39B7B52F" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRPr="00A42F53" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="040CFA4B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="57AE94C1" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRPr="00A42F53" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="5F8D914B" w14:textId="77777777" w:rsidR="00A66604" w:rsidRPr="00A42F53" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="00EABDB3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-103"/>
+        <w:tblW w:w="10128" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3749"/>
+        <w:gridCol w:w="6379"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="47D85F11" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3749" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="550BDAA3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42CF8ABD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z341"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к Правилам назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F0A413D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37758D10" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B178BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>________________________ государственный орган, объявивший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A715036" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс Ф.И.О. кандидата (при его наличии), ИИН (должность, место работы) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281EFCE3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="394A4907" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3749" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52C3D768" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E2B8E84" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="280740B6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="71E0733F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="4AB232B2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұйымдарының бірінші басшылары мен педагогтерін </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="487C340E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="314FA56A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="5789A9AD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE5D9AE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="573F2757" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0FDCC281" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...229 lines deleted...]
-    <w:p w14:paraId="584D4F34" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="2CD5181D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="060ACC68" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E46E23" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="67506A46" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E61EBEF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="1309FDFD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6DA52B01" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="01617E5F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746FB6E0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="1439C37A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7CC7B6C4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="070CE54F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BB861A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="14C5B958" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      жұмыс істеймін.</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="2374BCA2" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="35CCAB44" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6162B031" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="00641231" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="220E2F5B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="1A1A99E3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="153B6A96" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="098E5E84" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="3FAF28CA" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="56B8E942" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="507558E9" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="07D311AA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40E0B61D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="47594C5F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07B75DB7" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="47D3B965" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2092ED87" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+          <w:p w14:paraId="207C2C36" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DBC9191" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...21 lines deleted...]
-    <w:p w14:paraId="06294CC2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="0ED97A6C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="483A34DC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79726339" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="7C0ABB87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C9218E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+        <w:t>Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="10"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1743"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1904"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="2028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="080091E0" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4D85A064" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391913A3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12131FE5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BB5934" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>С т а ж государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6859DE87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>По специальности ( для специалистов субъектов предпринимательст ва)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABADB8D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855DB0">
+            <w:r w:rsidRPr="00A42F53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>В д а н н о й организации образования, в том ч и с л е н а занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5B0F059E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A66F2F3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00855DB0">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8306DA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAACA57" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="262129DF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-            <w:pPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615027AD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...54 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56CFE5A1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="6A575C35" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A93D77" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="347946FB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Мынадай жұмыс нәтижелерім бар: ___________</w:t>
+        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A7A7E3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="2BA4C9FA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E0AF5E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="6BE53789" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="47B490ED" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+    <w:p w14:paraId="53907A0E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
-[...328 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00855DB0">
+        <w:t xml:space="preserve">В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A74B84" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...27 lines deleted...]
-        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10248" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="7028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="60C49BB6" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...6 lines deleted...]
-            <w:tcW w:w="893" w:type="dxa"/>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="75140A55" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7508FE63" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3466 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="413728A0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="1CDD4E26" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="710BD79A" w14:textId="77777777" w:rsidR="000A57B8" w:rsidRDefault="000A57B8" w:rsidP="000A57B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10110"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      * жеңімпаздар санына қарамастан, 6-тармақта соңғы бес жылдағы олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1E5E95" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="6E5B19F1" w14:textId="77777777" w:rsidR="000A57B8" w:rsidRDefault="000A57B8" w:rsidP="000A57B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10110"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="37FF1B14" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="000A57B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10110"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      ғылыми жобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл тиісінше</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341F7FE1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="50BE90BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+      <w:r w:rsidRPr="00A42F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      республикалық олимпиадалар мен конкурстардың жүлдегерлері = 3 балл</w:t>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C30DD5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF66B31" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>педагогов государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7ADCDE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4677EE9D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0209DF32" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC432B1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D98C9E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18F44B7D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00000000" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="47" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="7147DDAA">
+          <v:shape id="Graphic 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.1pt;width:454.7pt;height:.1pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5774690,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx4uhqJgIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yNdmMOMXQoMWA&#10;oivQDDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddo1hRwWonS34bDLlTFnpSm33Bf+xvf/w&#10;mTMMwpbCOKsKflLIb9fv361an6u5q50pFTAKYjFvfcHrEHyeZShr1QicOK8sOSsHjQi0hX1Wgmgp&#10;emOy+XS6yFoHpQcnFSKdbnonX6f4VaVk+F5VqAIzBafaQlohrbu4ZuuVyPcgfK3lUIb4hyoaoS0l&#10;PYfaiCDYAfRfoRotwaGrwkS6JnNVpaVKHIjNbPqGzUstvEpcqDnoz23C/xdWPh2fgemStOPMioYk&#10;ehi6sbiJ3Wk95gR68c8Q+aF/dPIXkiN75YkbHDBdBU3EEjvWpVafzq1WXWCSDm+Wy0+LL6SIJN9s&#10;vkxKZCIf78oDhgflUhxxfMTQC1WOlqhHS3Z2NIHkjkKbJHTgjIQGzkjoXS+0FyHei8VFk7WXQuJZ&#10;445q65I3vKmcSrt4jb1GRSofl3PORpaE7RFkxDTUq95Iqcm+JmdsrGI5my7S/KAzurzXxsQqEPa7&#10;OwPsKOL0pi/yoAivYB4wbATWPS65Bpixg069NFGknStPpHhLIhccfx8EKM7MN0szFd/HaMBo7EYD&#10;grlz6RWlBlHObfdTgGcxfcEDKfvkxokV+ShapH7GxpvWfT0EV+moaJqhvqJhQ2OeCA5PMr6j631C&#10;XX4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQDj/PlI3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSP0Haytxo3bTNEIhTlUVIW6VaBFc3XhJUuJ1GjttwtfjnOA4s6PZN9lmMA27Yudq&#10;SxKWCwEMqbC6plLC+/Hl4RGY84q0aiyhhBEdbPLZXaZSbW/0hteDL1koIZcqCZX3bcq5Kyo0yi1s&#10;ixRuX7YzygfZlVx36hbKTcMjIRJuVE3hQ6Va3FVYfB96I6Hcn8fX5HK+2OfPuNcfdvxZ73dS3s+H&#10;7RMwj4P/C8OEH9AhD0wn25N2rAk6SsIWL2ElImBTQKzWMbDT5MTA84z/n5D/AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPHi6GomAgAAgAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOP8+UjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l5774372,e" filled="f" strokeweight=".19739mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F00B5D3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6033"/>
-        <w:gridCol w:w="3918"/>
+        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="2817"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="366F6908" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6E51583D" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3779970E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="094C616F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="192" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52428384" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="192" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBC2E87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="192" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A51C723" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="9" w:after="0" w:line="284" w:lineRule="exact"/>
+              <w:ind w:right="559"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="195B985D" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1973"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B303C9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BA517F4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5794AEA0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="179" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DFC18CC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5040CC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60D2A128" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B7D6D93" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="48" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65E16569" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>У р о в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FC5227" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74E84FF2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F4FF672" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="48" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09AE2CE3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FCC027" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1459"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70648124" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:after="0" w:line="295" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее = 2 баллов Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ABB2E59" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="211" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59EDF84D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="54" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="78AE46FE" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F0DAF5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="580CEB87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02B483EC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="38" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62359B19" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8BE7ED" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B4D3169" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B6D5978" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У ч е н а я / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0E1FA5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31E0C89F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="137" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="177D40C6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2AAA92" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EDE772E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="678F1F3D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="62F7AB00" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E66453" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31A3AD47" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F3B508F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="518E8100" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5203CEC5" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5267FC36" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A437BF4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09F745C4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E3C2912" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>модератор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15009293" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4D0C76CF" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77202C56" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2851D81A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66DC36D5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29307DF8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445D5ED9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6934E077" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7236C414" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A0D2E26" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26B03D73" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52322FDB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-исследовате</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A62BE8C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="2BEA9F9F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C942CBE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B8543FF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="528E78B5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EB9A73F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73520083" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="0FCDC82B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1707"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62FA5E51" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A01352C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B61BA77" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F3B4D22" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="165" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="310AEC64" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B1B8668" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A000199" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D4A1ECE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F8C7E9C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BE1DBE0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...291 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42BCD281" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60E46631" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35316302" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42B00B35" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="165" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76AAD508" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12BB7983" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="515"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т р е т ь е й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3155C1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="133"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B3ABAD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1722"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35522583" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="6484D590" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A42F53" w:rsidRPr="00A42F53">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3132"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4EF01FAC" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="3194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5701DB24" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D40C825" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="394B2C00" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13E3DFE2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="15" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="559"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в т о р о й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28109973" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="3" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FDB9B09" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1722"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D75BF8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="3" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п е р в о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4F25D867" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="837"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CFBD682" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14612EF1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F5294D0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E23D16B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:right="102"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="59899323" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79EBBBC9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638FFC16" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25C6D1C1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="576992F5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="55"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0837A38A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>более двух лет= 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="40E93C06" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DDE93CA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ED85957" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CE837D8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33B3401F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EAFB941" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3662E435" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AD986D2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="98" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5615D74B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EF12A25" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24EA9560" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="567145BC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="132" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="528D3089" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D8BDF8C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до двух т = 3 балла; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A0BC74A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>двух лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="62902DEE" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EB0795C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="632CADB0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44102F06" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BE8DD36" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F7B26E6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>должности до двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="539CBCBA" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="503EDE59" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16E4E2D6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65DEF1CC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34EF18F2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="122"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="42005E71" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1649"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0109FB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25E8B6EE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BBE8CA5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08267B06" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="474A4A01" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1283"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>п и с ь м о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0805E461" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651712CF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41398A88" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57845C7F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="116" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BDD4CDB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности педагога </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DA236F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="83" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="228E23CE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="30F81F1B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2333EF44" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A6ED1DB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28758358" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F3C9711" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="127C47B0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D6DC9D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01DA5D4A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="313982BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0658DECF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A686F63" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3385E7AE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3315D953" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="683F1A32" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57DCD039" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D2CEF4D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FE53995" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="139" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27DEF673" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FA17424" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FF1652A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AC2DF2A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="607"/>
+              </w:tabs>
+              <w:spacing w:before="24" w:after="0" w:line="264" w:lineRule="exact"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры городских/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>районных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиад и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="23E63027" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39CE2846" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34EBDAA0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="572EF3C1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F4A25D4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>областных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9A1361" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="8" w:after="0" w:line="264" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=2 б а л л а , международных = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="43489FD2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50D21FAF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28165C69" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CE3E7D5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E41BF5A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B56CBF7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BDBAEA0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="209" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15C71F8C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проектов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1311F529" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="597"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-32"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>городской</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F6DB52" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1213"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="31"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 б а л л ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="54281C9F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A42F53" w:rsidRPr="00A42F53">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4B5EA46C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1060"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21DED7BB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D06DDD9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1347"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>последние 5 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B79C186" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="304"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="224"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5901F68A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="156" w:hanging="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B5BE333" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="15" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-2 б а л л а , международный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F27F7EA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="62044780" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08D6A9F7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E431D55" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FC90CFC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F0407D9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="576"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="118"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Лучший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18ADE3AE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="786A62AA" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5937E9AB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="510C1BBD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5890FA99" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CEAB0B9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>" Лучший педагог" =</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="628A8DAF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="43DE7A8E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1090"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245809C6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="607BA7B3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02DD75C4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04FB9DB9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="495"/>
+                <w:tab w:val="left" w:pos="812"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Қазақстан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сіңірген </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстазы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="7F75F637" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49107AD5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18452575" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FBAB872" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2942B712" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="24" w:after="0" w:line="264" w:lineRule="exact"/>
+              <w:ind w:right="31"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>соавтор учебников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(или) УМК,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>МП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="50192BB8" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B73A386" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E553C26" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F14A02" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61B0FE26" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E12E653" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="161AD4EC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E672240" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7599B3C9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="92" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24930B40" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38235903" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F1A9BDC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ADA239B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D94E59A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7438F4D2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-авторские</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48151F1D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="84"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>РУМС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D577B11" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="57930CE1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2148"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70AF0516" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="056315A1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4541860C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DC05BEA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1364"/>
+                <w:tab w:val="left" w:pos="1465"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="77"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л ь с к о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельности, включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КОКСО, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="267DD882" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F61EABB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A76DD5A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D16A23C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="585A97C9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наставник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5A92024E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44E7A893" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="063AF5D5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EF5AB79" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51BFF22F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BBADBE0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5EB5384C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E6F53B0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FEA493F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A08EC92" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23689274" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1026"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="31"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>русский/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC737D1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6678034F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="693DA0AF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C4A5B0C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B93D6C4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="12" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общественно-педаг </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">огическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01A2FD57" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1507"/>
+              </w:tabs>
+              <w:spacing w:before="12" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="515"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>подтверждающий общественно-педагогическую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64DDA7CD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="32" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="30"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иностранный/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>казахский)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="267B6254" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="716B8DC9" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2523E2E4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CC3FB99" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35981452" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26504B75" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(казахский, р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, иностранный)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="2F9E38E5" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1112"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="462B4065" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04523D95" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62113D44" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="156" w:hanging="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A684620" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:after="0" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="194"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамотность, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D570D19" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63F98799" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A42F53" w:rsidRPr="00A42F53">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="611" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="66FD7D17" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76D3F3B0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C38917C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61322746" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="15" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C19917A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BEEE87C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7759BDDA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48D5481C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="393C3403" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55A428C3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15BC9A3B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F7597A8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D47FA25" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D544FDC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16886C69" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AB3C88C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E215284" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F675982" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AE1BBF9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="84" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50F520F0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="790"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="85"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>повышения квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>согласованным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уполномоченным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">области </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализуемым </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="7710D06B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B4B665" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20C60EC5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69315961" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="253ED8D3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="77EBE61A" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B189ACC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59F75CC0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01AE0706" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C50196B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6CFE869C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FE7682D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B9450E6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F07D7D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0B20DE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71F8B32C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="59CA6C97" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B7EF09A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE12D5E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C965EDF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FC23DD1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6ACC5213" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45B4CBD3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43FC37DE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DF80DCD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международныекурсы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70363641" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="0F079F3B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B75837C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26420B22" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EB1DE15" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18A1B774" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="13F4E5CC" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="327455DA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="340E679C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27A9963A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF4FEA5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64D9D608" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="1CF3FCA9" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3520845F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B83125E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E648288" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F061D6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E6450F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="1A73FA3B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57309950" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E76870F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24284FAC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="398551D3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AA0EB69" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="3A178FF2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E53702A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1202E715" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1467D2CB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E0E7821" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C2387A5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="32B2D46E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34FA09F0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="775BF98D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E818D5C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TKTTeaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B18D511" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="46242647" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="118C3F21" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="147" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C5E8D2F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625B26C1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DEA9C6B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="18" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7F9AB4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instruction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="165E991A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4F4F04BD" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73DD5598" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D29A654" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11DE8C9B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C4D09B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="168389ED" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5BF5F36F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2575B6FB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF97960" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10B22893" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DCB5AEF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D6C39E6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="25493AEC" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0588E316" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F7C7CD6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15CE0047" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AED51E0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IHC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D6ACD0D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="76CD3D5F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0566495A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4018BE76" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="104F9A9F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58EB92DD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="606DFE9A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="2AFF2962" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AB86723" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F598CD8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="397D2039" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1049F7D0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00B49685" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="3DB71509" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19E36FDE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45475FC4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E31C8AB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36EC1DD7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B419328" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="11C45142" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33AEDA41" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55F7BD3D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C23ADE5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="887"/>
+                <w:tab w:val="left" w:pos="1950"/>
+                <w:tab w:val="left" w:pos="2464"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FD2F0C7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A6BB9D0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="05C160D4" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="336E0BA6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FC19B66" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61736574" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23080555" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="27217AE0" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66AC5B69" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D3BC666" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79372F89" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55279DF8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="34" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BE40F07" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="2F4C2EA6" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A73BC9D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5517B9B0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A3B68F0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Coursera,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2435640E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6BB8FCBA" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18A66DAC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43CA3162" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ED54488" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16B2FDA2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="18470342" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32C45359" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30BE46D7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EB060DA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F804E42" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="001100BD" w14:paraId="127D072C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7754C72D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A69FF23" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F6DA9E0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="30"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Developing expertise in teaching chemistry </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D1AA6C7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="55ED318B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6188E585" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5118" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDA048B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="079294AA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="51" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5DF834" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="46" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="131"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>( городской/районный)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3907B071" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A42F53" w:rsidRPr="00A42F53">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7708B8D0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>научных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>проектов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>городской/районный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1 балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>областной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балл, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республиканский</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A6F4A2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="46" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="3543"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-2 балла, международный – 3 балла соответственно призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3403A213" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:before="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z236"/>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="0A6D87BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FC8F5D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42149D61" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE66DBA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420C4A18" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C83462B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0327DC75" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:right="131"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
       </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B41194C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A42F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B743334" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10937" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="731"/>
         <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="327FF128" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="561207C4" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DD4462" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="192" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A952C0F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="192" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C807BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="679"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDD40F7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="9" w:after="0" w:line="284" w:lineRule="exact"/>
+              <w:ind w:right="1020"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="26AA862C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2763"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC0C159" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59C63053" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2338B473" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="516F6084" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38D67F65" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="115" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17E21E8F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58BB17C2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C8B5614" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2872069F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3974D4EF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5219A020" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="115" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C20DA85" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="536BF390" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F6BAD95" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10EF17E8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F74CC9D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="81" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EDA78C0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="846"/>
+                <w:tab w:val="left" w:pos="1730"/>
+                <w:tab w:val="left" w:pos="1846"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E57562A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1736"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="179138D7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1443"/>
+                <w:tab w:val="left" w:pos="1736"/>
+                <w:tab w:val="left" w:pos="1948"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:after="0" w:line="285" w:lineRule="auto"/>
+              <w:ind w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием -2 балла Высшее - 3 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="393E50B2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогическим </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>направлениям)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="3D6A3960" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EA00BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="103" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A2AC8FF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266DA7FE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="201" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D28E71" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="846"/>
+                <w:tab w:val="left" w:pos="1730"/>
+                <w:tab w:val="left" w:pos="1846"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43AF76B8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="9" w:after="0" w:line="284" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор - 5 баллов Доктор наук - 5 баллов Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="1BCC324F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F27EB1F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="103" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2973D689" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFA0A2D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="201" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прохождения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22655A55" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="103" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25473DA1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39141FA8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 % - 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="540F4586" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="53" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-80 % - 4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68EB092F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="54" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-100% – 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="0701D197" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B2B933" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="214" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A778B5A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5729F3E1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7DE610" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="83" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BEFE029" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C77518B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="161" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"3"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68803ABA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="53" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"4"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A59EDBB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="54" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"5"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="7D7DAD18" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="860"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD2393D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="83" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AEAB984" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DBED93" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0"/>
+              <w:ind w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2535D42E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0"/>
+              <w:ind w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D19AFE5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="297BB18F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="596667CE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A92DDD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">волонтерской </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5163EF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="567389D6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4CA1AA1B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2155"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...104 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="09577420" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B0E9370" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="793B2925" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DA65B36" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="220620AD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="92" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="602062A4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...169 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="55750698" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2198"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ведение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">странички </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>интернета,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальных сетей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторских</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...100 lines deleted...]
-            <w:tcW w:w="893" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058AC6F8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37FFD217" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C2B8675" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CD228FE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="057B8719" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="92" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EFA6FFE" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...1939 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="18A76008" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="681BD704" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F149291" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23477D8C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="38" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08A83888" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="388D76A0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="54" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 1 до 3 лет -2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="260C9AF7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="53" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 3 лет -3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="315F2267" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="7107A65F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A42F53" w:rsidRPr="00A42F53">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="9945" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="3027"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6DE5F07A" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D867F2D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC9B425" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="15" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>уроки, семинары )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4410BE44" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="516013D7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="32B9ECD2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29475C34" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A8EF50" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="0" w:line="260" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в работе летних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F1A149" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C54377" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="181" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="021F43E1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BEFDCC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="214" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="371B35DB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EDD59F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="108"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в конкурсах по месту учебы (научных проектов, творческих и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2428FE0B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="214" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53A6B833" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF54BF4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="83" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="066F97CD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="65FBB022" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="9526"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BCF41" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CCAB328" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2747B507" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04F89E48" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50DCEBFC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4656111A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EDAFFD7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6295BC6F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="256AECBB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="120885D2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C02927E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39BAD75F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FE52B0E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25B1A63C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B42FFB9" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44593153" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CC6242E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4866C92F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A40ED10" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17D34240" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="47" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EA15703" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E93C5B0" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификатов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7613C23B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="18" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0F54B5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1040"/>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1900"/>
+                <w:tab w:val="left" w:pos="1959"/>
+              </w:tabs>
+              <w:spacing w:before="33" w:after="0" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам " О с н о в ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-49"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Обучение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера Международныекурсы: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A318696" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1040"/>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1900"/>
+              </w:tabs>
+              <w:spacing w:before="25" w:after="0" w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="168"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Language Teaching – Primary) DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1904F273" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1063"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:after="0" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="168"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – Secondary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD5E3F7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:after="0" w:line="280" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>( English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419771CB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1386"/>
+                <w:tab w:val="left" w:pos="1521"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:after="0" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(TESOL)" TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F54459" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="014BEEBD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59128B6C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="377B8202" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18374884" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BE5B5DD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="567EA4D1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5385D558" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50566EA1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EDEF247" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A0154D3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="502003FC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7745B282" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47DE2EDF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31B8EE6A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E9F2456" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A41CA30" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28F67033" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="113B296D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25B0E65C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="47" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E820DE6" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5BE60E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16957517" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EB9AA33" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C3653B" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A0F6844" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C1FDEC1" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DB17B17" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CCBE744" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7573E13C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7994AA36" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5752DDB7" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21109850" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14AFFEF2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED44123" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FD3B088" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="272842ED" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E9C38C4" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A3A99A8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1525B5CC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="145" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62BC1EEF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">плюс 1 балл (за каждый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4ACF7F2B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A0E51E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E825E6E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A42F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6D7414" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="540B2677" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="154E6998" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855DB0">
+    </w:p>
+    <w:p w14:paraId="7C359EF1" w14:textId="77777777" w:rsidR="00A66604" w:rsidRPr="00A42F53" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46973DD2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="301F82A1" w14:textId="77777777" w:rsidR="00130AF6" w:rsidRPr="00A42F53" w:rsidRDefault="00130AF6" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="332B8A7D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="43E336BA" w14:textId="77777777" w:rsidR="00A66604" w:rsidRPr="00A42F53" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="286CB826" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7EB7480C" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00A42F53" w14:paraId="2544E7CE" w14:textId="77777777" w:rsidTr="00A42F53">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5853E354" w14:textId="77777777" w:rsidR="00567708" w:rsidRPr="00A42F53" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F7D9EF4" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE1625E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
-[...186 lines deleted...]
-    <w:sectPr w:rsidR="006839BA" w:rsidRPr="00855DB0" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="01030A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="D84094F6"/>
+    <w:lvl w:ilvl="0" w:tplc="1924EE04">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="232"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="645" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="947" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="34C4D548">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1250" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="AA343C20">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="1552" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1855" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2157" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="2460" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BB01178"/>
+    <w:nsid w:val="06121CE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87CC0636"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="FAAE798A"/>
+    <w:lvl w:ilvl="0" w:tplc="09D44338">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="315"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4600C024">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="645" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="96966AE6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="947" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1250" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="53D81230">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="1552" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="42B483C6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1855" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2157" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="2460" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0DE65FDF"/>
+    <w:nsid w:val="0D6C1A91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B88C5C10"/>
-    <w:lvl w:ilvl="0" w:tplc="67A82808">
+    <w:tmpl w:val="A31604F8"/>
+    <w:lvl w:ilvl="0" w:tplc="15C47178">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="953EF1A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D0CE126">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="202818D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9864B736">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2038526A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="466CFAC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="439C194E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2806C032">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D7253D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B1E55B4"/>
+    <w:lvl w:ilvl="0" w:tplc="7422AEDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="315"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D18E45E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9AE49A08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B627850">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F2B49CAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="974A8CDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F2CAE894">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20C68E0A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9C36426A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2386143F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3D4DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C286B18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="786" w:hanging="360"/>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBF22DFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
-        <w:bCs/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="62E20082">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...76 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2480" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3520" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4560" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5600" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6640" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7680" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="36F0250A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="8720" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...136 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="697B5177"/>
+    <w:nsid w:val="254450FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50566158"/>
-    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+    <w:tmpl w:val="D1AC6B68"/>
+    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1353" w:hanging="360"/>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0FA6AFCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="44A01E48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00A27EBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A41AF6BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="791C887C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A1244AB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B672D4DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25624A40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A1A04B8"/>
+    <w:lvl w:ilvl="0" w:tplc="5D560044">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
-        <w:strike w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93EC3E04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7A463630">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="592E9E68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A976A6EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="634A786A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E59C58D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8884B84A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="75E09C34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267C205F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="194CF43A"/>
+    <w:lvl w:ilvl="0" w:tplc="F4C0FC66">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78E66C50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A3E4CDC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="97308B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F684132">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7920608E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8A1CC62E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72BE4326">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A20AC16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27EF4762"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9732C132"/>
+    <w:lvl w:ilvl="0" w:tplc="43E643CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3EE8BC44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1E6A29CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC5CF752">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="918644F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="52B2C962">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67DCF71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="90B05856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3F98F454">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D4A3BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D5A20AE"/>
+    <w:lvl w:ilvl="0" w:tplc="F55C6684">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="426C8752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1931" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E10AF540">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32F0870E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8822E402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C10A4194">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34723C2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAF574"/>
+    <w:lvl w:ilvl="0" w:tplc="25E2D00C">
+      <w:start w:val="54"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="959" w:hanging="420"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F716B514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3371" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="2" w:tplc="40B4C43E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4091" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="960" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="3" w:tplc="1D06E20C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2190" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6ABE78E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87D43910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="90466148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67FA4E3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7110" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EB9AF93E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8340" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="373A7C62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15A25340"/>
+    <w:lvl w:ilvl="0" w:tplc="3EF841CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DACCAEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38A46802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A490CC72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C5E6B738">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5100C6A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4B6E4FEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="26A85B72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A0600994">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38554532"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF5CD58E"/>
+    <w:lvl w:ilvl="0" w:tplc="2B0EFFD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5531" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1012" w:hanging="311"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40240EA0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6251" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="120" w:hanging="309"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="2" w:tplc="792E7294">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2106" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F9F02F56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3193" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="772AFA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4280" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F7F86CB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5366" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="458454BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01E88E5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7540" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A32FC4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8626" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="197742508">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EB5AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE08916A"/>
+    <w:lvl w:ilvl="0" w:tplc="1102DE18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E736C45A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="691A7798">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71C048C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="414C6952">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ED9C17AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67C80246">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82800A10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A9A6170">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393D2154"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA62B2B6"/>
+    <w:lvl w:ilvl="0" w:tplc="6D968818">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C54E05E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6465DDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="676CFF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="575CBEEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="46349AF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="47C02474">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E8AE1F7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8070C23E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C0A1BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4821EAE"/>
+    <w:lvl w:ilvl="0" w:tplc="8026BE04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="280"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="397478FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BDE23B64">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC9CB552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BACCEDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04FA3A6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="61AEEC0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4E28C1D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CC80D95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E950F12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A340605C"/>
+    <w:lvl w:ilvl="0" w:tplc="4746DD0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9008F0EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="43E280FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="87DA49C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2F74FE04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3F8E30A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BBB23FCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E6A632EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CA1295EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="432A7775"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12640B4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E560140C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="639484CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="434"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C692456C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76D54C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="45041AF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A885832">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E70C4E6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BEA07666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ABCC6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53E54EFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6538B0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="AAC8436E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B58E94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D6AD3C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13A64844">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E5C099C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98741F9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="01A0B020">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2D3A96B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC58F6C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7849A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC28E332"/>
+    <w:lvl w:ilvl="0" w:tplc="AED46A60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3CA04BB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="350A1148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="75CEC008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="84F07822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1FCACAB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3BD4AA08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E865340">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F68642C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E172B73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23166DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="1F64CB40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EEE6A704">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EA02EC14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5092416E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78B4FD54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="268417F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="687CB7BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2C34107A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9620E8A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="700240E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34E2391C"/>
+    <w:lvl w:ilvl="0" w:tplc="64743E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F6E1526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D6B0B9B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DCA8BB1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D5D61504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B28B568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0AC0A4C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AB767B2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="31502274">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77984306"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9BC3E9A"/>
+    <w:lvl w:ilvl="0" w:tplc="2AA8E2A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADDA27E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C563B18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8ABE3A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="07B8984E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B129E1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1EA4F5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C088A26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A08E2A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D0D3064"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="313C4672"/>
+    <w:lvl w:ilvl="0" w:tplc="17F438FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBBAF5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50E4C724">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5274C76A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A81A57EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55DC41D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1E3E75D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69927526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B32E9CE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC41267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A4E69E2"/>
+    <w:lvl w:ilvl="0" w:tplc="73748D82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="27C64770">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E4505B90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FE413FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F828D4AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62FCBB60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F849F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C5F84DAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="35B4A556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1164202983">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="830681696">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="989865779">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="122771312">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="263726945">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1032149354">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="908661584">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="425539149">
+  <w:num w:numId="8" w16cid:durableId="979961454">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1638561326">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1666516744">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="952324707">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1966619838">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="562839138">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1412967505">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1168138052">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="475731969">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="16" w16cid:durableId="1739478884">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1086345232">
+  <w:num w:numId="17" w16cid:durableId="941038431">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1192375167">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="342633868">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1596328067">
+  <w:num w:numId="20" w16cid:durableId="656113340">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2061437888">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1083142838">
+  <w:num w:numId="22" w16cid:durableId="1175072922">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="887109335">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="905996301">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1234049326">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...698 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00FB0AC1"/>
+    <w:rsid w:val="0001791C"/>
+    <w:rsid w:val="00027E66"/>
+    <w:rsid w:val="00031EAC"/>
+    <w:rsid w:val="000353B7"/>
+    <w:rsid w:val="000A57B8"/>
+    <w:rsid w:val="001018E5"/>
+    <w:rsid w:val="001100BD"/>
+    <w:rsid w:val="00130AF6"/>
+    <w:rsid w:val="001612FD"/>
+    <w:rsid w:val="00176125"/>
+    <w:rsid w:val="00176453"/>
+    <w:rsid w:val="001E6127"/>
+    <w:rsid w:val="002548B2"/>
+    <w:rsid w:val="003113AE"/>
+    <w:rsid w:val="0035625A"/>
+    <w:rsid w:val="0036656B"/>
+    <w:rsid w:val="003A7090"/>
+    <w:rsid w:val="003B4D32"/>
+    <w:rsid w:val="003D15C0"/>
+    <w:rsid w:val="0041726F"/>
+    <w:rsid w:val="004206A3"/>
+    <w:rsid w:val="00422CAC"/>
+    <w:rsid w:val="00431304"/>
+    <w:rsid w:val="00444DDE"/>
+    <w:rsid w:val="004469DF"/>
+    <w:rsid w:val="00516BF8"/>
+    <w:rsid w:val="005231FD"/>
+    <w:rsid w:val="00533B76"/>
+    <w:rsid w:val="00567708"/>
+    <w:rsid w:val="005C4926"/>
+    <w:rsid w:val="005E0D47"/>
+    <w:rsid w:val="005E3F0C"/>
+    <w:rsid w:val="005E7FA7"/>
+    <w:rsid w:val="006421E9"/>
+    <w:rsid w:val="006E6AD7"/>
+    <w:rsid w:val="0072717C"/>
+    <w:rsid w:val="007A0524"/>
+    <w:rsid w:val="00800752"/>
+    <w:rsid w:val="00815E1D"/>
+    <w:rsid w:val="00880F76"/>
+    <w:rsid w:val="008840B3"/>
+    <w:rsid w:val="008C71E1"/>
+    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="00921AB2"/>
+    <w:rsid w:val="00922DCF"/>
+    <w:rsid w:val="009835BB"/>
+    <w:rsid w:val="00995DFE"/>
+    <w:rsid w:val="009C49C0"/>
+    <w:rsid w:val="00A42F53"/>
+    <w:rsid w:val="00A66604"/>
+    <w:rsid w:val="00A722F9"/>
+    <w:rsid w:val="00AD1156"/>
+    <w:rsid w:val="00B27883"/>
+    <w:rsid w:val="00B960C4"/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rsid w:val="00C1140D"/>
+    <w:rsid w:val="00C75EF3"/>
+    <w:rsid w:val="00CE2AE0"/>
+    <w:rsid w:val="00D54EC1"/>
+    <w:rsid w:val="00DB309A"/>
+    <w:rsid w:val="00DE0993"/>
+    <w:rsid w:val="00DF4318"/>
+    <w:rsid w:val="00E334FE"/>
+    <w:rsid w:val="00E93A4B"/>
+    <w:rsid w:val="00EC64D0"/>
+    <w:rsid w:val="00EE5BFC"/>
+    <w:rsid w:val="00EF15A7"/>
+    <w:rsid w:val="00F02508"/>
+    <w:rsid w:val="00F86BC7"/>
+    <w:rsid w:val="00F918BB"/>
+    <w:rsid w:val="00F95C75"/>
+    <w:rsid w:val="00FB0AC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5E809D51"/>
-  <w15:docId w15:val="{1EB8C98B-F9DD-4DC2-AB6D-FE1363A671D7}"/>
+  <w14:docId w14:val="05524982"/>
+  <w15:docId w15:val="{70606B64-7C73-470C-9724-DE0A64C31D6E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12134,55 +27746,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12251,51 +27863,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12452,664 +28064,731 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FB0AC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE135D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00567708"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Нет списка1"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A42F53"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="10">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="a8"/>
+    <w:next w:val="a3"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00855DB0"/>
+    <w:rsid w:val="00A42F53"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A42F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A42F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00A42F53"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A42F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="293" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:right="131"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00A42F53"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A42F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:hanging="302"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A42F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="654917497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="671421364">
+    <w:div w:id="775448987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1132209507">
+    <w:div w:id="936328936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...38 lines deleted...]
-    <w:div w:id="1953196761">
+    <w:div w:id="1047534288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2491</Words>
-  <Characters>14202</Characters>
+  <Words>2573</Words>
+  <Characters>14671</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16660</CharactersWithSpaces>
+  <CharactersWithSpaces>17210</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>