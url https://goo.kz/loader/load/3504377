--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,12297 +1,16795 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42183B35" w14:textId="77777777" w:rsidR="004B3899" w:rsidRPr="00705A37" w:rsidRDefault="00705A37" w:rsidP="004B3899">
+    <w:p w14:paraId="62750EED" w14:textId="77777777" w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00705A37">
+      <w:r w:rsidRPr="009E30D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+        <w:t>КГУ «</w:t>
       </w:r>
-      <w:r w:rsidR="007D1182">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>не</w:t>
+        <w:t>Средн</w:t>
       </w:r>
-      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
+      <w:r w:rsidR="000353B7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яя общеобразовательная школа имени </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.Ауэзова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города Павлодара» объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidR="0094400B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную   дол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">заместителя </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+      <w:r w:rsidR="00422CAC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшы</w:t>
+        <w:t xml:space="preserve">руководителя </w:t>
       </w:r>
-      <w:r w:rsidR="00AE14E1">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">сының   бейндік оқыту  </w:t>
+        <w:t xml:space="preserve"> по </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899">
+      <w:r w:rsidR="00020381">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жөніндегі</w:t>
+        <w:t xml:space="preserve">профильной </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> орынбасары лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve"> работе</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCA9581" w14:textId="77777777" w:rsidR="003A7090" w:rsidRPr="008E22E0" w:rsidRDefault="003A7090" w:rsidP="008E22E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="281"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6485"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006F22FA" w14:paraId="2F5445C2" w14:textId="77777777" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="38BB6AF2" w14:textId="77777777" w:rsidTr="003A3B2E">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="36A43706" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="59D655EC" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAB1355" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...14 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54115A20" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006E3405">
+              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="28C545D9" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0902A048" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CB9FE1" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C15DA5" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика Казахстан, Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> область,                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F3253CA" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город </w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авлодар, улица Ткачева,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="631F5D63" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33156B07" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B7B32C" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6191B3" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+              <w:t>8 (7182) 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>2-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w14:paraId="61D3A787" w14:textId="77777777" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="5C5C895B" w14:textId="77777777" w:rsidTr="003A3B2E">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4F04E62A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="454E853E" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="705A7309" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FC2677" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>auezova</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="001A6D8E" w14:paraId="5872A0E8" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="650E5800" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7252E013" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...96 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706B1E34" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00A722F9" w:rsidP="001A6D8E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аместител</w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00800752" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1B5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профильной </w:t>
+            </w:r>
+            <w:r w:rsidR="00815E1D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  работе– </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6D8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6D8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="01C4141D" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4093D366" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0221D836" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...25 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
-              <w:rPr>
-[...61 lines deleted...]
-              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67702F29" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Разрабатывает план реализации системы профильного обучения учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55CE23CB" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      Обеспечивает программно-методическое сопровождение профильного обучения программами прикладных и элективных курсов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604002CD" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      Формирует итоговый образовательный рейтинг выпускника основной школы как объективной основы для комплектования старших (профильных классов).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B86D6F" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      Организует и анализирует перспективное прогнозирование и планирование деятельности организации образования по профильному обучению, внедрение разно уровневых программ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484AF192" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      С целью повышения профессионального мастерства и повышения квалификации педагогов координирует деятельность педагогического коллектива: по обобщению и распространению положительного педагогического опыта, по организации и апробации инновационных технологий в организации работы методических объединении педагогов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E225B5B" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      Обеспечивает возможность выбора образовательных программ разного уровня, обучение по сквозным учебным планам в системе непрерывного образования "школа-вуз", "школа-колледж-вуз", "колледж-вуз" раскрытие профессиональных склонностей к изучению наук, самостоятельного выбора предметов различных циклов для их углубленного изучения в целях профилизации дальнейшего образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0717B2CA" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>     Совместно с организациями высшего, технического и профессионального образования проводит про ориентационную работу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3332A542" w14:textId="77777777" w:rsidR="00ED1B5D" w:rsidRPr="00EB73C0" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38FA9F75" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="0041726F" w:rsidRDefault="00ED1B5D" w:rsidP="00ED1B5D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB73C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>     Обеспечивает качественное и своевременное составление, достоверность и сдачу в установленном порядке отчетной документации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="4D5A4FBE" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5A445062" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CCB41F" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...25 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="009E30D9">
-              <w:rPr>
-[...64 lines deleted...]
-              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D26BEB0" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="single" w:sz="2" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E" w:rsidRPr="00A419F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="single" w:sz="2" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226E2CF9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="009E30D9" w:rsidRDefault="003A3B2E" w:rsidP="006F6818">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="77C0076C" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRDefault="00FB0AC1" w:rsidP="000353B7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектеп </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004B3899">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">басшысының </w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">бейіндік оқыту </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">за </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...426 lines deleted...]
-              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">1 ставку </w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00741625">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC64D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>192189</w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC64D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> min</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>197852</w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>165564</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> тысяч </w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE9B891" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="009E30D9" w:rsidRDefault="003A3B2E" w:rsidP="000353B7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> max</w:t>
-[...30 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="006F22FA" w14:paraId="08309149" w14:textId="77777777" w:rsidTr="00707572">
-[...4 lines deleted...]
-          <w:p w14:paraId="5FFDC061" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="2346A5D4" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB2074A" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006E3405">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-              </w:rPr>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24CA3FED" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CE5E7F" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E033625" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C0C2C51" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0CF4C4" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E16FF23" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории" или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации педагога – эксперта или педагога – исследователя или педагога - мастера.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w14:paraId="6915969E" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68546DC3" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A03B114" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AACFA92" w14:textId="6C375C2F" w:rsidR="00FB0AC1" w:rsidRPr="003A3B2E" w:rsidRDefault="00511668" w:rsidP="009E4292">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D0DAF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе педагогикалық қайта даярлау немесе кәсіптік педагогикалық білімі болуы тиіс, еңбек өтілі 5 жылдан кем емес ;</w:t>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="002D0DAF">
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002D0DAF">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>.2025 г.- 28.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025 г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="009E30D9" w14:paraId="523958EF" w14:textId="77777777" w:rsidTr="00707572">
-[...7 lines deleted...]
-          <w:p w14:paraId="4A425112" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="009E30D9" w14:paraId="00989EEB" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C401498" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="009E30D9" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6D2CF82D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41630C52" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="009E30D9" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDC7E6F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18EB173B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE70109" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721F7E7F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>требованиями,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>утвержденными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D44D23C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14422AA1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496A2C5E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0934EFBD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EDDD41D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F1F4E0E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F0229AE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наличии квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA ( Certificatein English Language Teachingto Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7105D3B2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического, профессионального и послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07974B8E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523A2BAD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантную должность педагога по форме согласно Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CAA6251" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0076797F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложениям 17, 18 к настоящим</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8A886E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="00642A6F" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...128 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00550F72">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...498 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A0B6FC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="00567708" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="641F870A" w14:textId="77777777" w:rsidR="001674FD" w:rsidRDefault="001674FD" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7A1547C7" w14:textId="77777777" w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="288C75A2" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1D6F9628" w14:textId="77777777" w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F898A04" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5CE03B18" w14:textId="77777777" w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A807DD7" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2147FB43" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E687866" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="617EF043" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48DFABFC" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5DD419A6" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D5AE99" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2CE8D0F2" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B980B6E" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7AA48D02" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42FB71B9" w14:textId="77777777" w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="15C26F4E" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43469C4D" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5F34B443" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06E70480" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="03F45FA3" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67A463C3" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="510595E7" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="289411B3" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5E54A6C4" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5377BC0B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="708EA3F6" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3375DECB" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2B3510C0" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BF0E1B2" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2DD05D4F" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="730F3C3B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2D986516" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A86AA15" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4A6AB81C" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B37AAD8" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7B25F012" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71A1D152" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7977E3F0" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67E8211C" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="077062B4" w14:textId="77777777" w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F4B25C8" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-103"/>
+        <w:tblW w:w="10128" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="6017"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="78E8D297" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D87583F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C516651" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z341"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к Правилам назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CF0DF6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47577CB8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02587D55" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________ государственный орган, объявивший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17CCDB3B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс Ф.И.О. кандидата (при его наличии), ИИН (должность, место работы) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29032680" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фактическое место проживания, адрес прописки, контактный телефон </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="6C7B3639" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16E3DFBF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F0B63A6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32FAB92A" w14:textId="77777777" w:rsidR="0094400B" w:rsidRPr="003A3B2E" w:rsidRDefault="0094400B" w:rsidP="0094400B">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>аявление</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579E3C46" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4DDC1F05" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10F5581B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="109ED577" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F41AD3F" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="386FF71F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05A00E86" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="3A681F47" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6859ECD7" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4784B76A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="497D486E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66508584" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1F05D3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="532F4691" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B31D7D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CDFDCDB" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0D7F2512" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="132894DA" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="61BDE327" w14:textId="77777777" w:rsidR="0094400B" w:rsidRDefault="0094400B" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16E33A20" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4CC0312C" w14:textId="77777777" w:rsidR="0094400B" w:rsidRDefault="0094400B" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2639A9AE" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="042B554E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...217 lines deleted...]
-        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C18870" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="0D744F88" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w14:paraId="421BBEBE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұйымдарының бірінші басшылары мен педагогтерін </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259BF65F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="3D714A8D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w14:paraId="3E45E0A9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B477180" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="19C87A48" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>қағидаларына3-қосымша</w:t>
-[...410 lines deleted...]
-        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="2AA7EDFF" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="366DE854" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A1A32AE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...15 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+          <w:p w14:paraId="3B07C930" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A173060" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...24 lines deleted...]
-              <w:tab/>
+          <w:p w14:paraId="34BE16A5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46A7B3C2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...15 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+          <w:p w14:paraId="7B779A78" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="0F3924A4" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5083856E" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07622549" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3176A660" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B3D063C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2FD96BC5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2505C9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="43083590" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A5BCFA0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2CFBBCB7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E3F5031" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="60A2BBB4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w14:paraId="5E07D410" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF42C82" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6D5F4453" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5C66B9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7ACD0E2C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+        <w:t>Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1743"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1904"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2069"/>
+        <w:gridCol w:w="2028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="464883C3" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...157 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3DB571B0" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A5AF16" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3AB7A3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A3971E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С т а ж государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E94EDC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По специальности ( для специалистов субъектов предпринимательст ва)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58833C84" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В д а н н о й организации образования, в том ч и с л е н а занимаемой должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="501D2128" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...70 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="712F6179" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D74FB1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03192294" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7650432E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002E3D7E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F9C60C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="088DD633" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="41BB4021" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4798132C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30244904" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B11E39C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7855CA9C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4AB517" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...434 lines deleted...]
-        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10248" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="7028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="4BF63662" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...12 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="42EDB2BD" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...3504 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6311F4EA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="786953EF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="33EECE8F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w14:paraId="6B770BE1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      * жеңімпаздар санына қарамастан, 6-тармақта соңғы бес жылдағы олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="510F9EF6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F5236AE" w14:textId="77777777" w:rsidR="0094400B" w:rsidRDefault="0094400B" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70089FF4" w14:textId="77777777" w:rsidR="0094400B" w:rsidRDefault="0094400B" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15ED3F51" w14:textId="77777777" w:rsidR="0094400B" w:rsidRPr="003A3B2E" w:rsidRDefault="0094400B" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A2BAA7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение 17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC5F27A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="02DF634D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>      ғылыми жобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл тиісінше</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F43FDB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="4EF13127" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="003A3B2E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>      республикалық олимпиадалар мен конкурстардың жүлдегерлері = 3 балл</w:t>
+        <w:t xml:space="preserve">от должностей первых руководителей и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F77725" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>педагогов государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A285FB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FAC938" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A065DC8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата со стажем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7148A5D5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0ED6F7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53597B80" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="00000000" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:pict w14:anchorId="03D5A2AA">
+          <v:shape id="Graphic 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.1pt;width:454.7pt;height:.1pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5774690,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx4uhqJgIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yNdmMOMXQoMWA&#10;oivQDDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddo1hRwWonS34bDLlTFnpSm33Bf+xvf/w&#10;mTMMwpbCOKsKflLIb9fv361an6u5q50pFTAKYjFvfcHrEHyeZShr1QicOK8sOSsHjQi0hX1Wgmgp&#10;emOy+XS6yFoHpQcnFSKdbnonX6f4VaVk+F5VqAIzBafaQlohrbu4ZuuVyPcgfK3lUIb4hyoaoS0l&#10;PYfaiCDYAfRfoRotwaGrwkS6JnNVpaVKHIjNbPqGzUstvEpcqDnoz23C/xdWPh2fgemStOPMioYk&#10;ehi6sbiJ3Wk95gR68c8Q+aF/dPIXkiN75YkbHDBdBU3EEjvWpVafzq1WXWCSDm+Wy0+LL6SIJN9s&#10;vkxKZCIf78oDhgflUhxxfMTQC1WOlqhHS3Z2NIHkjkKbJHTgjIQGzkjoXS+0FyHei8VFk7WXQuJZ&#10;445q65I3vKmcSrt4jb1GRSofl3PORpaE7RFkxDTUq95Iqcm+JmdsrGI5my7S/KAzurzXxsQqEPa7&#10;OwPsKOL0pi/yoAivYB4wbATWPS65Bpixg069NFGknStPpHhLIhccfx8EKM7MN0szFd/HaMBo7EYD&#10;grlz6RWlBlHObfdTgGcxfcEDKfvkxokV+ShapH7GxpvWfT0EV+moaJqhvqJhQ2OeCA5PMr6j631C&#10;XX4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQDj/PlI3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSP0Haytxo3bTNEIhTlUVIW6VaBFc3XhJUuJ1GjttwtfjnOA4s6PZN9lmMA27Yudq&#10;SxKWCwEMqbC6plLC+/Hl4RGY84q0aiyhhBEdbPLZXaZSbW/0hteDL1koIZcqCZX3bcq5Kyo0yi1s&#10;ixRuX7YzygfZlVx36hbKTcMjIRJuVE3hQ6Va3FVYfB96I6Hcn8fX5HK+2OfPuNcfdvxZ73dS3s+H&#10;7RMwj4P/C8OEH9AhD0wn25N2rAk6SsIWL2ElImBTQKzWMbDT5MTA84z/n5D/AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPHi6GomAgAAgAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOP8+UjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l5774372,e" filled="f" strokeweight=".19739mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE3B910" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6033"/>
-        <w:gridCol w:w="3918"/>
+        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="2817"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="7DF20F9A" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="02229766" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...232 lines deleted...]
-              <w:t>18-қосымша</w:t>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3F734D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06373EAC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106BFCF7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D45737" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во баллов (от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="6791536D" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="52AB91D3" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1973"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...58 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0416E34C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D1A99C6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="008A367D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5158FD73" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E000CC7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42F71818" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C64167B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46BF2448" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>У р о в е н ь образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDFAF74" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="795AD20C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C391F8E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="267C548B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC416B1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA72EA3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее = 2 баллов Высшее с отличием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB4EEBD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1737CC76" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="7B295677" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B062605" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55ED438A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A44E80B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1086987C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16948027" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A0506FF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DEA52A3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>У ч е н а я / академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7170DD33" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11E2F141" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A4E0AAD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFC744D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26068591" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="633ECC1D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5D6B4812" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BE6FC94" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6774A297" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="008E5932" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70007A93" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог= 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="712F3724" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77B8CADA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="074B181E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66E8E161" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F1B4612" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="245BCF5F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>= 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="074797CE" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B6352CB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C6C132E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0928B8F6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A4C628C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог-эксперт = 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6D8301" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="63550DB5" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60977687" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DAAF7D4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12F2513E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7523671A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог-исследовате</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A373765" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ль = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="31E3E23F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50FBC7CC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="662CBE4A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D8D0D46" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="074321F5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог-мастер = 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="357A5A38" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="2B450159" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1707"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E6B64CE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4906E51D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28905ECE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4591D370" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="066937EC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D93101C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DDDBE90" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EE48397" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F98F333" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69B6BFF8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22EF8222" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5960218D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F3F7D6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4577AFDF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BA2E3C4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5308A34E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"заместитель руководителя т р е т ь е й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D6DBDA8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной категории" = 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46119319" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б а л л о в ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D3A6A5E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="11516FF4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3132"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="28802245" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="349DDADA" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="3194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...171 lines deleted...]
-              <w:t>(1-ден 30-ға дейін)</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C409517" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54A48F10" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48112E75" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56300995" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель руководителя в т о р о й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BEC731F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>квалификационной категории" = 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09092583" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б а л л о в ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>" заместитель руководителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF0BD60" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п е р в о й квалификационной категории" = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="700A226E" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="1FB21DFE" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="837"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...212 lines deleted...]
-              <w:t>Магистр (педагогикалық бағыт бойынша) = 4 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26E1A1E8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="390D0A69" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="445542C6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15EF7D99" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="15F049EE" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="7DBFBCAA" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...191 lines deleted...]
-              <w:t>Ғылым кандидаты = 5 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F3550B9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B668C92" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="782B7BD3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="373A5619" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист, стаж в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5405CE14" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности более двух лет= 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="18245E2B" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="6ADE2257" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="2146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...191 lines deleted...]
-              <w:t>80-100% – 6 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FB5B913" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3989D65C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77F153B2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0024D06D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F5C8359" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B27A515" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AF4DDE2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EF11D57" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О п ы т административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22FF5E5C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39D3BB66" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AC918F1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FCE83B4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="109F8C66" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности не до двух т = 3 балла; Заместитель директора стаж в должности  более</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D9F022" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>двух лет = 4 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="23C7A2FA" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5CED8F35" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...191 lines deleted...]
-              <w:t>"5" – 4 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66D84336" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11976622" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7835CEF6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43519E71" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор стаж в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D381E42" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности до двух лет = 4 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="3232CF6C" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0CDE3A3A" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="832"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...30 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="209BDE2A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16A6B90B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15158EED" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7718C8DA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="77DAD1F2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1649"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446C6D41" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EA83A92" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66DBB25A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15561332" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-[...110 lines deleted...]
-              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="222B193E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное п и с ь м о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>с предыдущего места работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>( по</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A741C37" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>должности педагога</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036B48C5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D3586D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F4238A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C044C15" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное письмо (по должности педагога </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE7B17F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6291363E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Н а л и ч и е положительного рекомендательного письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="4398D26B" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3B218D35" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...149 lines deleted...]
-              <w:t>1 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B5208F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FAEDA4D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51F99955" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F7C3827" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B832E0D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="428A6231" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51E5D7DA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7996AF2B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24CAF0D2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="188566DB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50C7ACBC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="173A8596" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B238470" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C9C9853" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E8C879C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="703B553E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F42292E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="183294B8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67800380" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3513293B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 )</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>призеры городских/ районных олимпиад и конкурсов = 0,5 балла,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="10886945" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="58092C48" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...191 lines deleted...]
-              <w:t>3 жылдан жоғары -3 балл</w:t>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1132FCC1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C172B10" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FDBF26F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F05C46" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областных =1 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7710BBFF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканских =2 б а л л а , международных = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="090CAFF1" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="11F7BE41" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...806 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72F4AFBA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30067027" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02094C22" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39BA5E2A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DBB3260" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5188516F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75A8F0E1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D2DD49B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2 )</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>научных проектов: городской</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12423BAB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>=0,5 балла, областной - 1 б а л л ,</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="443FEAFF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="684A80C1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="70322E5F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1060"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D3A4E59" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10DC64D5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(за последние 5 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7214F134" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28765014" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DEAD03A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканский -2 б а л л а , международный – 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14432D6B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="46EBF54F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5029DDCF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="712F2C3B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39C0D210" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="354788C1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>участник конкурса "Лучший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14561EE5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3BE178E1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="652EA16D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48F3C89C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B63E5BC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="527127B3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) призер конкурса " Лучший педагог" =</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0CE607" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="53205A31" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1090"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53E71D83" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64641942" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F29DDAD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="342A3AD9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>обладатель медали "Қазақстан еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0E342C4F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B30EEF5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F4BE8B9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E2BD221" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52291C6C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="30C7E994" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02949AB6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19FFDA96" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07717541" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26ABF10B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D4AEFD7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EDFD177" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B738B36" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AB06D4E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D5E4F9B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0620DA55" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3564AD5F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="725BDBB7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49090340" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79CE8D2E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="040B233D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС =</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5382A6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="55BF349E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2148"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0058B35A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65E53C57" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2648BBBC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F56F343" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н а л и ч и е публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>по научно-исследовате л ь с к о й деятельности, включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">в перечень КОКСО, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="4CA5A4CD" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23528517" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FC88837" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B1E7D0C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BB011C0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="30A720FA" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09B03334" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47A9067D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A6AD6E2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FC25E0A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E9E797A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5EE0EF7B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16A8E0A1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BE30BD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0660C1F8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48FDEB82" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>русский/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5040BEB4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="29EF3B3E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="765037B1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E7584B9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D719E1F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общественно-педаг огическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ACC0147" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F59B791" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/   р у с с к и й , иностранный/ казахский) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE4070C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="211EFAAF" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59C071DE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46DD4244" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="314404C5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1977B9C8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, р у с с к и й , иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0010993D" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1112"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C83DAEC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29727749" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27570669" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="509DAA48" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат на цифровую грамотность, КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B9A7894" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="17D379FA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="611" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="566A7102" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FB23DF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B9BDE0D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75A25749" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FFB7F0E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E463FE3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="080DAE6D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FE93F9A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0239ACAC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79A1FF06" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56C18064" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58676CCB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12C59A3D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41BADE9E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38FB1FAD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14FB063E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D2B3C8E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EBF1116" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02FF82CA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F49345C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0019091B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C7E446D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2313D640" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B0F281F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F83030F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0D94998C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B7EFC31" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="319DC429" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C7B30A4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D05AB96" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="2E33D71E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18D353AC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E3DAFB8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F8B1590" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, обучение по программам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35C7088F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", " Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FA02839" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3613C31D" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15D06D85" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78065610" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2620A058" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CB4259D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="4B6444CF" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F310986" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0747394B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="526D9D08" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Международныекурсы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="522E0AE1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="6D7E413E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60B0A8B1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="744472ED" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00F9EC22" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EE4758C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5EEB4DE6" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F99D482" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B7A4D86" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DFD06C3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"CELTA(Certificate in Teaching English to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EF9550E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E4101B5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="7EBAEB2B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="041865E5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3709C6E7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D20550D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C6B91FD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35CC6E94" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="79BA1662" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63DCD4CB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29DC5979" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="056135C0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D57C277" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ACC4685" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0240F97F" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72F9A509" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E3D38C9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DB8743A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="684F9CA0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="513891DF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="787398B6" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11B03CAE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="311493E4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D7A508A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"TKTTeaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5870BF9C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="7268D0E2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05B6848B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="460776E0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К у р с о в а я</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="276859ED" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="694E97CF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0722E1AE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60387EE4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="79EBE748" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A22690F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55254122" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1140A9A5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B8CED1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E32AC0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5A075A56" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A14A5B2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35259746" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E292AB3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"TESOL"Certificate in teaching English for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C57FFCE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>young learners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FD2F2B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="1D23D947" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67218DA6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D44158A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07FB08C2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="448BA1BD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC8B065" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="25CA9623" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03533052" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29715DC2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D269625" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5B02E6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A8B1C54" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="5332F050" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67EE8B76" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45692A66" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E8C608C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A60BE5E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Professional Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C73D805" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="635E3CEB" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="643A0540" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20E86070" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DC869A7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Assessment  for  Learning:  Formative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C89F1A6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3308602C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="73CC74A5" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3153E168" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79FB2B0B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33AF4427" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Educators:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D64915" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68BE9E51" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="09FCCD67" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A3DB60" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A23A80C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44F2BAB6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EF1B6C1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="45199C95" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4260A03D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FF02A5E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B960256" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Key  Ideas  in  Mentoring  Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E45AD6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="177D830F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="724A3D6A" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0298DA92" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D05CFBB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22FF17B9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F3DD612" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="7FE12631" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2522F349" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48DC0106" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B20244A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B1CEDF1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="4E8D3952" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B83185D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F4A9DA5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C8EB882" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A49068E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="00511668" w14:paraId="17C16F84" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ADCE06C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="269A5CB6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AE384EB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="556ED3D5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="4CC5E1B1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DFEC53" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5118" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="137A1009" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5E701486" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD02EA0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>* В 6 пункте учитывается призеры за последние пять лет по каждому уровню ( городской/районный) олимпиад и конкурсов 0,5 баллов независимо о количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299970B7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>научных проектов: городской/районный = 1 балл, областной - 1 балл, республиканский</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E85E5FB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-2 балла, международный – 3 балла соответственно призеры республиканских олимпиад и конкурсов = 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D4D5A7" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D155118" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05D4CF14" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение 18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5018DF12" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6532A734" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634564C8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78384643" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EC70FA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B6EB62" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата без стажа на вакантную</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3270C9CC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFA5D9E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10937" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="00438C1D" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE64D51" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2430EAE1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AF7409" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D033CE1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="71B0B0D7" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2763"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A62D820" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D0A282D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09B44BCC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64CC97EA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17ECDECD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="752C1C6F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="384BD6D8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="507DF482" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B1A097A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00EA5688" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39063E47" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F8FFD57" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F6C5DB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43110E77" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0064D602" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3772B7FC" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47090D4C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4150012A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="354978F5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>и профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>с отличием -2 балла Высшее - 3 балла Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>( по</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB21A88" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогическим направлениям) - 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="29BAB96C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="227D155A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33A8F13E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733B9F4D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="515B4DA0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BDC852" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор - 5 баллов Доктор наук - 5 баллов Кандидат наук - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="38B91347" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B683095" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="671CC7DA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562BDC9F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBBA536" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18BE0693" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0EF5EA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51FCFAE8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71327B82" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5D5F5914" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2557BF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46A402C4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0B04E1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р е з у л ь т а т ы педагогической/ профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC6DFE3" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A87F17D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C482312" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56766180" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"4" - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16873DED" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="04DED729" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="860"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE94602" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="692F8A39" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD6A231" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с места учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48192ACF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088C2E74" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="7C5807A1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F0EA27" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C53C516" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BCE4FD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA98B76" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="40C42679" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="2155"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58299C8E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F67D12C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CD059CD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4011FEFD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D7010DF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F43F023" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C60403E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>странички интернета, социальных сетей с публикацией о педагогической деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>( публикации авторских</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638D2F9C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A687081" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53B0CFDE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41234AAB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01F465DB" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17F42CF9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D6DF898" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EE6A92C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01F4E18B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A7D3BD5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="216D25E9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="735429B8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED15C05" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4004D722" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="9945" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="3881"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="3027"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="71BF1C36" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14BE11C4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ABC3A95" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов, уроки, семинары )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022050AE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CC3E1ED" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0A757D4B" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAA2FAA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF363E6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464C51E9" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EF2BF0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3C16031E" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58545753" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36A6E405" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8657A1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDC7DBA" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D011ED" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4C8444" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B7B165E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="79812E6D" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="9526"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33827030" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E16B68F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38664C9D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4795F382" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EAB9F36" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7907C46A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A0702A1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39FCB886" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F3FC4F2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C7350B4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EEBEC99" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BE06FF1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C333988" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3432ED19" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20BEB7FE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA551EE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1444FC51" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="359075A2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01FDA943" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B5327E8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="402EF4CE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6472679D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие сертификатов КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13FDD7A4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C466DBF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="00511668" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, обучение по программам " О с н о в ы программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"> "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Курсера Международныекурсы: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00511668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04ECF096" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"> Language Teaching – Primary) DELTA (Diploma in Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>to Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D666D0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Language Teaching – Secondary) TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C32F582" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"Teaching Knowledge Test Certificate in EMI Skills ( English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A013BB2" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Other Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(TESOL)" TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5BC95F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="284913B6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1685EA90" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A8447B1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FBF1FAD" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="522F0989" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="718DB6DE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64AD4447" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66214BB4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26623885" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="211F1106" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FDCCA54" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="144AC65E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13A8D36D" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EC3B6D1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45494EEF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28660CF4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E0BB638" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="525A6A6B" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71B1703F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F2C17E0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199CB0F0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B3CA262" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="502E501C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BC41917" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D0355CE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13FFA07F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50BCE7C0" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A1392C1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BF1E66E" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A21EE96" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32CAEE86" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E2D5216" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BB2F3CE" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B3FE932" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DE20852" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0365ED83" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78556525" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F16433C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="141E4C4F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="696241BF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094400B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="46354593" w14:textId="77777777" w:rsidTr="003A3B2E">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDEF6F8" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="0094400B" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B56D2C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422A0C2C" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6221CFFF" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04BAED60" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12312E9B" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="003A3B2E" w:rsidRDefault="005C4926" w:rsidP="003A3B2E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="002060"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6BD1B171" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
-[...186 lines deleted...]
-    <w:sectPr w:rsidR="006839BA" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="005C4926" w:rsidRPr="003A3B2E" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="01030A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+    <w:tmpl w:val="D84094F6"/>
+    <w:lvl w:ilvl="0" w:tplc="1924EE04">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="232"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...102 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="34C4D548">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AA343C20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BB01178"/>
+    <w:nsid w:val="06121CE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87CC0636"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:tmpl w:val="FAAE798A"/>
+    <w:lvl w:ilvl="0" w:tplc="09D44338">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="315"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4600C024">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...90 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="96966AE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53D81230">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="42B483C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0DE65FDF"/>
+    <w:nsid w:val="0D6C1A91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B88C5C10"/>
-    <w:lvl w:ilvl="0" w:tplc="67A82808">
+    <w:tmpl w:val="A31604F8"/>
+    <w:lvl w:ilvl="0" w:tplc="15C47178">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="953EF1A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D0CE126">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="202818D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9864B736">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2038526A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="466CFAC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="439C194E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2806C032">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D7253D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B1E55B4"/>
+    <w:lvl w:ilvl="0" w:tplc="7422AEDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="315"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D18E45E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9AE49A08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B627850">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F2B49CAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="974A8CDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F2CAE894">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20C68E0A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9C36426A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2386143F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3D4DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C286B18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="786" w:hanging="360"/>
-[...302 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBF22DFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="62E20082">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="36F0250A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="697B5177"/>
+    <w:nsid w:val="254450FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50566158"/>
-    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+    <w:tmpl w:val="D1AC6B68"/>
+    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1353" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
-        <w:strike w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-      </w:rPr>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0FA6AFCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="44A01E48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00A27EBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A41AF6BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="791C887C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A1244AB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B672D4DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25624A40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A1A04B8"/>
+    <w:lvl w:ilvl="0" w:tplc="5D560044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="93EC3E04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7A463630">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="592E9E68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A976A6EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="634A786A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E59C58D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8884B84A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="75E09C34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267C205F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="194CF43A"/>
+    <w:lvl w:ilvl="0" w:tplc="F4C0FC66">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78E66C50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A3E4CDC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="97308B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F684132">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7920608E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8A1CC62E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72BE4326">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A20AC16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27EF4762"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9732C132"/>
+    <w:lvl w:ilvl="0" w:tplc="43E643CC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3EE8BC44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1E6A29CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC5CF752">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="918644F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="52B2C962">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67DCF71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="90B05856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3F98F454">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D4A3BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D5A20AE"/>
+    <w:lvl w:ilvl="0" w:tplc="F55C6684">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="426C8752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E10AF540">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32F0870E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8822E402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C10A4194">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="279382221">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34723C2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAF574"/>
+    <w:lvl w:ilvl="0" w:tplc="25E2D00C">
+      <w:start w:val="54"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="959" w:hanging="420"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F716B514">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="40B4C43E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1D06E20C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2190" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6ABE78E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87D43910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="90466148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67FA4E3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7110" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EB9AF93E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8340" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="373A7C62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15A25340"/>
+    <w:lvl w:ilvl="0" w:tplc="3EF841CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DACCAEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38A46802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A490CC72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C5E6B738">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5100C6A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4B6E4FEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="26A85B72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A0600994">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38554532"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF5CD58E"/>
+    <w:lvl w:ilvl="0" w:tplc="2B0EFFD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1012" w:hanging="311"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="40240EA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="309"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="792E7294">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2106" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F9F02F56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3193" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="772AFA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4280" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F7F86CB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5366" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="458454BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01E88E5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7540" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A32FC4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8626" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EB5AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE08916A"/>
+    <w:lvl w:ilvl="0" w:tplc="1102DE18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E736C45A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="691A7798">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71C048C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="414C6952">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ED9C17AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67C80246">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82800A10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A9A6170">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393D2154"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA62B2B6"/>
+    <w:lvl w:ilvl="0" w:tplc="6D968818">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C54E05E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6465DDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="676CFF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="575CBEEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="46349AF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="47C02474">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E8AE1F7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8070C23E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C0A1BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4821EAE"/>
+    <w:lvl w:ilvl="0" w:tplc="8026BE04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="280"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="397478FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BDE23B64">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC9CB552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BACCEDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04FA3A6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="61AEEC0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4E28C1D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CC80D95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E950F12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A340605C"/>
+    <w:lvl w:ilvl="0" w:tplc="4746DD0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9008F0EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="43E280FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="87DA49C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2F74FE04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3F8E30A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BBB23FCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E6A632EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CA1295EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="432A7775"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12640B4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E560140C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="639484CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="434"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C692456C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76D54C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="45041AF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A885832">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E70C4E6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BEA07666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ABCC6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53E54EFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6538B0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="AAC8436E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B58E94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D6AD3C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13A64844">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E5C099C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98741F9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="01A0B020">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2D3A96B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC58F6C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7849A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC28E332"/>
+    <w:lvl w:ilvl="0" w:tplc="AED46A60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3CA04BB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="350A1148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="75CEC008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="84F07822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1FCACAB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3BD4AA08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E865340">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F68642C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E172B73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23166DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="1F64CB40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EEE6A704">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EA02EC14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5092416E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78B4FD54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="268417F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="687CB7BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2C34107A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9620E8A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="700240E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34E2391C"/>
+    <w:lvl w:ilvl="0" w:tplc="64743E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F6E1526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D6B0B9B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DCA8BB1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D5D61504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B28B568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0AC0A4C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AB767B2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="31502274">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77984306"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9BC3E9A"/>
+    <w:lvl w:ilvl="0" w:tplc="2AA8E2A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADDA27E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C563B18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8ABE3A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="07B8984E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B129E1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1EA4F5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C088A26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A08E2A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D0D3064"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="313C4672"/>
+    <w:lvl w:ilvl="0" w:tplc="17F438FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="221"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBBAF5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50E4C724">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5274C76A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A81A57EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55DC41D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1E3E75D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69927526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B32E9CE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC41267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A4E69E2"/>
+    <w:lvl w:ilvl="0" w:tplc="73748D82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="27C64770">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E4505B90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FE413FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F828D4AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62FCBB60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F849F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C5F84DAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="35B4A556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1756659002">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="961227754">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1594895765">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1104493313">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1081101635">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="877012906">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1973704426">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1052018">
+  <w:num w:numId="8" w16cid:durableId="1245921621">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1394548218">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1727875122">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="635909815">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1394813237">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="216865734">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1497376832">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="191383878">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="14616543">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="16" w16cid:durableId="1601639831">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="473378332">
+  <w:num w:numId="17" w16cid:durableId="1172451041">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="304824181">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2069379655">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1450081999">
+  <w:num w:numId="20" w16cid:durableId="1595745773">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1828521235">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1898785609">
+  <w:num w:numId="22" w16cid:durableId="1759211627">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1710298785">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1254167094">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="408768032">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...700 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00FB0AC1"/>
+    <w:rsid w:val="0001791C"/>
+    <w:rsid w:val="00020381"/>
+    <w:rsid w:val="00027E66"/>
+    <w:rsid w:val="000353B7"/>
+    <w:rsid w:val="0010479C"/>
+    <w:rsid w:val="00130AF6"/>
+    <w:rsid w:val="00136F11"/>
+    <w:rsid w:val="001612FD"/>
+    <w:rsid w:val="00176125"/>
+    <w:rsid w:val="00176453"/>
+    <w:rsid w:val="001A6D8E"/>
+    <w:rsid w:val="001E6127"/>
+    <w:rsid w:val="002548B2"/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:rsid w:val="003A7090"/>
+    <w:rsid w:val="003D15C0"/>
+    <w:rsid w:val="0041726F"/>
+    <w:rsid w:val="00422CAC"/>
+    <w:rsid w:val="00431304"/>
+    <w:rsid w:val="00444DDE"/>
+    <w:rsid w:val="004469DF"/>
+    <w:rsid w:val="004C402B"/>
+    <w:rsid w:val="00511668"/>
+    <w:rsid w:val="00516BF8"/>
+    <w:rsid w:val="005231FD"/>
+    <w:rsid w:val="00533B76"/>
+    <w:rsid w:val="00567708"/>
+    <w:rsid w:val="005C4926"/>
+    <w:rsid w:val="005D76FF"/>
+    <w:rsid w:val="005E0D47"/>
+    <w:rsid w:val="005E3F0C"/>
+    <w:rsid w:val="005E7FA7"/>
+    <w:rsid w:val="006421E9"/>
+    <w:rsid w:val="006D5272"/>
+    <w:rsid w:val="006E6AD7"/>
+    <w:rsid w:val="0072717C"/>
+    <w:rsid w:val="007A0524"/>
+    <w:rsid w:val="00800752"/>
+    <w:rsid w:val="00815E1D"/>
+    <w:rsid w:val="008840B3"/>
+    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="00922DCF"/>
+    <w:rsid w:val="0093667E"/>
+    <w:rsid w:val="0094400B"/>
+    <w:rsid w:val="009835BB"/>
+    <w:rsid w:val="00995DFE"/>
+    <w:rsid w:val="009E4292"/>
+    <w:rsid w:val="00A66604"/>
+    <w:rsid w:val="00A722F9"/>
+    <w:rsid w:val="00B27883"/>
+    <w:rsid w:val="00B506D6"/>
+    <w:rsid w:val="00B960C4"/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rsid w:val="00C1140D"/>
+    <w:rsid w:val="00C75EF3"/>
+    <w:rsid w:val="00CE2AE0"/>
+    <w:rsid w:val="00D54EC1"/>
+    <w:rsid w:val="00DB309A"/>
+    <w:rsid w:val="00DE0993"/>
+    <w:rsid w:val="00DF4318"/>
+    <w:rsid w:val="00E16D7C"/>
+    <w:rsid w:val="00E93A4B"/>
+    <w:rsid w:val="00EA3047"/>
+    <w:rsid w:val="00EC64D0"/>
+    <w:rsid w:val="00ED1B5D"/>
+    <w:rsid w:val="00EE5BFC"/>
+    <w:rsid w:val="00EF15A7"/>
+    <w:rsid w:val="00F02508"/>
+    <w:rsid w:val="00F86BC7"/>
+    <w:rsid w:val="00F918BB"/>
+    <w:rsid w:val="00F95C75"/>
+    <w:rsid w:val="00FB0AC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="723E63F3"/>
-  <w15:docId w15:val="{DC011F67-6145-41E5-BB07-4E6728EC0150}"/>
+  <w14:docId w14:val="0A80C37D"/>
+  <w15:docId w15:val="{E5B06E17-E6BF-46C2-93F2-6B21B2320B7E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12314,55 +16812,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12431,51 +16929,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12632,644 +17130,699 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FB0AC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE135D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00567708"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="293" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:right="131"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:hanging="302"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A3B2E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="654917497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="671421364">
+    <w:div w:id="775448987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1132209507">
+    <w:div w:id="936328936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...38 lines deleted...]
-    <w:div w:id="1953196761">
+    <w:div w:id="1047534288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2253</Words>
-  <Characters>12843</Characters>
+  <Words>2357</Words>
+  <Characters>13438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15066</CharactersWithSpaces>
+  <CharactersWithSpaces>15764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>