--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,20315 +1,19336 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="614D17E2" w14:textId="77777777" w:rsidR="00950F37" w:rsidRDefault="00321427" w:rsidP="00950F37">
+    <w:p w14:paraId="165FA896" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED34434" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4FAB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00E92E6D" w:rsidRPr="007A4FAB">
+      <w:r w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени М.Ауэзова</w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының М. Әуезов атындағы жалпы орта білім беретін мектебі» КММ </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4FAB">
-[...29 lines deleted...]
-      <w:r w:rsidR="00E92E6D" w:rsidRPr="007A4FAB">
+    </w:p>
+    <w:p w14:paraId="39EC6432" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00BB6449" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>учител</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">математика </w:t>
       </w:r>
-      <w:r w:rsidR="00D74D43" w:rsidRPr="007A4FAB">
+      <w:r w:rsidR="00261EAA" w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">я </w:t>
+        <w:t>мұғалімі лауазымына</w:t>
       </w:r>
-      <w:r w:rsidR="00B10582">
+    </w:p>
+    <w:p w14:paraId="3CCC9BD2" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="004F2A50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>математики</w:t>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="6F4D67F0" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="005C24F4" w14:paraId="1D8B6AD0" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="65311E10" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="10828FF9" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="285B3623" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="7BD9FE46" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E38ACE3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w14:paraId="74FCB3D2" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="14E9878A" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="3C2734ED" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="07995C79" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="088D7A38" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="217D5238" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="369662DA" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC7F407" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="425B1AFD" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, </w:t>
-[...17 lines deleted...]
-              <w:t>Ткачева, 15</w:t>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="5B0BBED5" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="520E2F63" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E016830" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="472639D8" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7706D5F9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="2085F3D4" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4B97CF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00131DCE">
+          <w:p w14:paraId="4DE7D61F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00D37E0A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00131DCE" w:rsidRPr="009509E6">
+            <w:r w:rsidR="00D37E0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D74D43" w:rsidRPr="009509E6">
+            <w:r w:rsidR="00B45C50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00131DCE" w:rsidRPr="009509E6">
+            <w:r w:rsidR="00D37E0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="0B39EE5A" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="3BCFB266" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6CA4DB07" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="053CD7CA" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B7379BB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="0A2F064D" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6811BAD8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00590BAF" w:rsidP="00321427">
+          <w:p w14:paraId="49116800" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="587CEAC1" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00B71E74" w14:paraId="062EDCC7" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4879AC2A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="00463794" w:rsidP="00321427">
+          <w:p w14:paraId="29FBCA33" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECEAD4E" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="3B88C385" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59DB98AC" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="00FF111B" w:rsidP="00B10582">
+          <w:p w14:paraId="08C1999D" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00590BAF" w:rsidRDefault="00BB6449" w:rsidP="0031050C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
-[...78 lines deleted...]
-              <w:t>, нагрузка -16часов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r w:rsidR="00E74901" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00641CE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00957CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме -16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="1DBB5DF1" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="005C24F4" w14:paraId="059464ED" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4B46DA02" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="4ED86F5F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78266E24" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="60356860" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="755C5F19" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w14:paraId="7BF2150C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="73B94461" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111E55F6" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="258138A6" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D487B9" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:p w14:paraId="6966F212" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B679761" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="2D619E77" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70272F8A" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:p w14:paraId="150913B9" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A57B007" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-          <w:p w14:paraId="1846678B" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0108CFCB" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="5FFEEFF9" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>журналдарды (қағазнемесеэлектрондық)толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A184AA7" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-          <w:p w14:paraId="5249114D" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үрдісінде</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F4D372" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="006D0F7D" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="58299BC0" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B607522" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="4F48FA5A" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білімалушылар мен тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>міндетт</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ібілім беру стандартында</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деңгейден</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұлғалық, Жүйелік-қызметтік, пәндік</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нәтижелерге</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеткізуін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7A8672" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="3DB93439" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-   оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, оның</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қажеттілігі бар білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушыларға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әзірлеуге</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады, оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кестесіне</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көлемде</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырылуын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D84AF3C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="05154D45" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың, тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қабілеттерін, қызығушылықтарын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімділіктерін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерделейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16437953" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-инклюзивті</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру үшін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жағдай</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3592279D" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>с учетом специфики преподаваемого предмета;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D420C63" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+              <w:t>-ерекше</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру қажеттіліктері</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімдейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4306904C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="09E1EDE9" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-арнайы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқытылатын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәннің</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекшелігін</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, дамудағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауытқуларды</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>барынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңсеруге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушыларды, тәрбиеленушілерді</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жәнет</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрбиелеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DDA7A6A" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="3B70C31C" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  интерактивті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>материалдарымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ресурстарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдалана</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, қашықтықтан</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7197274C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="6FF9DD3D" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірлестіктердің, мұғалімдер</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауымдастығының, әдістемелік, педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кеңестердің, желілік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдастықтардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырыстарына</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ECB72F0" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="5FA965B8" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ата-аналарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>консилиумдарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E05436A" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="00B027BA" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  ата-аналарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF83EBB" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="00F0C2EC" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құзыреттілікті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арттырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008B6447" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="2F727BA1" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау, өртке</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E92B12F" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="55FD8EB0" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білім беру процесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімалушылардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өмірі мен денсаулығын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA45D85" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="7B57D428" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата –а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>налармен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ынтымақтастықты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A4B007" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:ind w:firstLine="708"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тізбесін</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уәкілетті орган бекіткен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5101C7EC" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00DA569D" w:rsidRDefault="00654040" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылар мен тәрбиеленушілер</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдениетті, Академиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адалдық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаттарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5F783C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00DA569D" w:rsidRDefault="00261EAA" w:rsidP="00552535">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="5705C881" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="001B2A10" w14:paraId="751E0913" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="380FA138" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="28F08462" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA8C3CD" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="2E13647E" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекақы мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="476C5CE0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="3902F4CA" w14:textId="77777777" w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2333C934" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="0012006F">
+              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4175BA02" w14:textId="77777777" w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="001B2A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10" w:rsidRPr="001B2A10">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
-            <w:r w:rsidR="00F8552E" w:rsidRPr="009509E6">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A78AC" w:rsidRPr="009509E6">
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10" w:rsidRPr="001B2A10">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">тысяч </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+              <w:t>161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C6DA349" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00423E96" w:rsidRDefault="00552535" w:rsidP="001B2A10">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+              <w:t xml:space="preserve">- жоғары білім : </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование: </w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>177766-</w:t>
             </w:r>
-            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidR="001B2A10">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге</w:t>
+              <w:t>205080тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="679C2B23" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00D37E0A" w14:paraId="4C80749D" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13E9D1C3" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="1C4F0AC7" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C20D19A" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="009509E6" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w14:paraId="1F5D24EC" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6215B76B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535E4727" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="762A5FBB" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
-[...75 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="62DC7FB4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қоймастан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктіліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орташа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жататын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> XI </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар 1995 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мектепті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бітіргені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401C02BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>; педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA21183" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8683F1" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00654040">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="28EB2074" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00C610B0" w14:paraId="44F44346" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D2FBD2C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="7706907C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B792A8F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="51E1E300" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53B3F30D" w14:textId="3980283E" w:rsidR="00557F81" w:rsidRPr="00460BBE" w:rsidRDefault="00557F81" w:rsidP="00557F81">
-            <w:pPr>
+          <w:p w14:paraId="61CE5DE0" w14:textId="286A1B3E" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="007F4ECB" w:rsidP="005C24F4">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00460BBE">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="005C24F4" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="005C24F4" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.04-18.04.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="009509E6" w14:paraId="4BB3B2B0" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005C24F4" w14:paraId="08C3E44D" w14:textId="77777777" w:rsidTr="0034641A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F48CE31" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+          <w:p w14:paraId="69C5B9A8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00FC1BF4" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="071B15A8" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+          <w:p w14:paraId="61704B14" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00FC1BF4" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="351A7811" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+          <w:p w14:paraId="2BFD316F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B5E29C5" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5675381E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F6B0A9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="537CFA31" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>      4) Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37E43476" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7C9717B8" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48BD7061" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="4B75D997" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 075/у нысаны бойынша денсаулық жағдайы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268D0717" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-          <w:p w14:paraId="0329577E" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      7) психикалық, мінез-құлықтық бұзылушылықтары бар аурудың динамикалық бақылауда жоқтығы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B55CCA2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="640E23E2" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       8) наркологиялық аурудың динамикалық бақылауда жоқтығы туралы анықтама; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75981D11" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0D838E44" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      9) сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67A01A8C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0AF5862C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60-65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>көрсеткіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042752FE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0828F3B2" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      11) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A77D7D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="26199F80" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       12) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17, 18-қосымшаларға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B860C7B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...311 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="009509E6">
-[...286 lines deleted...]
-              <w:jc w:val="both"/>
+          </w:p>
+          <w:p w14:paraId="6099D66C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="6B9A18AE" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="5A2A941E" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47DAD8C3" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+          <w:p w14:paraId="5E1A0323" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31BA8DFA" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w14:paraId="26F73327" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Бос лауазым мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7325" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE58131" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00F54B50" w:rsidP="00321427">
+          <w:p w14:paraId="7472260C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11B1A9EC" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
+    <w:p w14:paraId="2E81232F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67D08CFC" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="2B2F8536" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46BD9FF9" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="591638DD" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73AEFA08" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="449064BB" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ABAF84C" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="727529BB" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11D44AF6" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="13CED5EF" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F1F3FD" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D29F34C" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6781E7" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76EF514F" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560F2E19" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F684C3A" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F410A0F" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2BDC1A" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:tblW w:w="6978" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="6978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w14:paraId="49ECA279" w14:textId="77777777" w:rsidTr="00131DCE">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="00D37E0A" w14:paraId="41224808" w14:textId="77777777" w:rsidTr="00D37E0A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="184C808F" w14:textId="77777777" w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:p w14:paraId="16A7DEFD" w14:textId="77777777" w:rsidR="007921C8" w:rsidRPr="00D37E0A" w:rsidRDefault="007921C8" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...227 lines deleted...]
-    <w:p w14:paraId="0033606D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="5B32369E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306631D4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B92511B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші басшылары мен педагогтерін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173E5067" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9F3FDB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1461967E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED722C1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5D5527" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D988990" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE255B1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Кандидаттың Т. А. Ә, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FE5539" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20183118" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2020D6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9897A4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFE6FFB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t>Заявление</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E06DB70" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="1E1ABE56" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781D271C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="0304AE08" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11725A15" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="659512A4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF6834F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="22F8FE17" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E1869EF" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="45388109" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. Қазіргі кезде _________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A4AF98" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="23BB1774" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7F872B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      жұмыс істеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46716825" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B52006" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="44C72C8F" w14:textId="77777777" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="4841562B" w14:textId="77777777" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF135C9" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Наименование учебного заведения</w:t>
+          <w:p w14:paraId="4A9A2BB8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49A91225" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Период обучения</w:t>
+          <w:p w14:paraId="178C0BC3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="762A0322" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Специальность по диплому</w:t>
+          <w:p w14:paraId="72ABEA1D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="67D9A693" w14:textId="77777777" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="36DC5F4B" w14:textId="77777777" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28053182" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D937E60" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A490D9C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6E63D8AD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F9BFB28" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="077C60B5" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4996BCF8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23D849EB" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="3F409AFC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3B988128" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="2C868E1D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...31 lines deleted...]
-        <w:t>____________________________________________________</w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649FABA1" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="4106BCD6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...31 lines deleted...]
-        <w:t>Стаж работы:</w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2027"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2028"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1966"/>
+        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="332AEF6B" w14:textId="77777777" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="3B1F3AAC" w14:textId="77777777" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4051AD" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Общий</w:t>
+          <w:p w14:paraId="3A873077" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="578A4418" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Педагогический</w:t>
+          <w:p w14:paraId="6F5B0D16" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E633C6F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>С т а ж государственной службы</w:t>
+          <w:p w14:paraId="1311E641" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701267DB" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...50 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="30BAF666" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D272E61" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0F8B7608" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743BD59D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="367ED788" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="55BE4531" w14:textId="77777777" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="7CDC6B8E" w14:textId="77777777" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112FADD9" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="381AB027" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D2D065E" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="72E48F92" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735A2840" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4564D836" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64C712DD" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="48C77957" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="442B8C9D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2786E3C3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F7140B0" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="2F171DE0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36CBA29D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="24E1D472" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Мынадай жұмыс нәтижелерім бар: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2A327C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="069FEA7E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DF8389" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="3FF3856B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5222B3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760A1C25" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE69FAA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36883013" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17C5D2FF" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="21A9115C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
+    </w:p>
+    <w:p w14:paraId="6E0BC2B2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5439236B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F10AA58" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D63D015" w14:textId="77777777" w:rsidR="005D0365" w:rsidRDefault="005D0365" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69326E7F" w14:textId="77777777" w:rsidR="005D0365" w:rsidRDefault="005D0365" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC5F92B" w14:textId="77777777" w:rsidR="005D0365" w:rsidRDefault="005D0365" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF4CA34" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6046"/>
+        <w:gridCol w:w="3905"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6E53E843" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FDEFBB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E28D4F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="48F427B8" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24024701" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066AC42A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="59A49AFA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z234"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагог бос </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1ADA608F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3C4B45" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="46B70B77" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...5 lines deleted...]
-        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7028" w:type="dxa"/>
-[...638 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="875"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="7E953D3C" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="4EA4A0CA" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50342448" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="773FB2F0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B60ACD4" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...16 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="61C091CE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46D33694" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...36 lines deleted...]
-              <w:t>документ</w:t>
+          <w:p w14:paraId="33A665FA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE1A575" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...35 lines deleted...]
-              <w:t>баллов (от 1 до 30)</w:t>
+          <w:p w14:paraId="11A2EF01" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="32B7C245" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="1532B0D8" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="7D7E915D" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="502"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5B2ECB" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1CB9496A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1EEF4C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...84 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0B422DCB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CCF105F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...112 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="04E386C3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB3FD94" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...208 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="27B59B4B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D13456A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675AE40C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EB99F8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="3997B26A" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="26DC5B0E" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="573"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B70A8F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7B9B878E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1D03B8" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="18AC4CA6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D244F4F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...123 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="25052BBC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D0602B4" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
-[...244 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="526BA450" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="068B62D0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5A7F8F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00364863" w:rsidRPr="00B2199F" w14:paraId="783E0D39" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="5C99CD18" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="573"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA46860" w14:textId="77777777" w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
-[...16 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w14:paraId="6E9DF436" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D44D283" w14:textId="77777777" w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
-[...33 lines deleted...]
-              <w:t>категория</w:t>
+          <w:p w14:paraId="3CAEAA70" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="144CC8CE" w14:textId="77777777" w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
-[...22 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="13CD570B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B2199F">
-[...23 lines deleted...]
-              <w:t>документ</w:t>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60C038D0" w14:textId="77777777" w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
-[...356 lines deleted...]
-              <w:t>п е р в о й квалификационной категории" = 7 баллов</w:t>
+          <w:p w14:paraId="4790F7FE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F86B18E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D5645BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BE437E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B301ED4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401B6DA1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77497F52" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59A651B7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w14:paraId="259B047B" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="722701AC" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8E31A0" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="135DF5FA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B31EE97" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...136 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="16B22CA6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79132D2D" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...99 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4C6791F4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2263A286" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...114 lines deleted...]
-              <w:t>более двух лет= 3 балла</w:t>
+          <w:p w14:paraId="3C571994" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="747D17BB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E046062" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08F28EC2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C5B6564" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="394DA105" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w14:paraId="72EF37BC" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="251EC124" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="335"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4707963C" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D7820EA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091B5471" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="64938D8B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="788321F4" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0BA9F3DA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59BA829A" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...266 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="11FCAA52" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w14:paraId="394D90AF" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="30C896F8" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1208"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3A2C4B" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="27E44225" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C222F7" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7ACA4487" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіби </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC4693F" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3CB3ECFF" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D97D983" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25805F7E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C06781E" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...125 lines deleted...]
-              <w:t>баллов</w:t>
+          <w:p w14:paraId="48DC23A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40500D44" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A19B681" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="277B53AC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4145BB09" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B252209" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A977DF9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>медалінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="0C7958BE" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6FD8CFDF" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB468A8" w14:textId="77777777" w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
-[...48 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w14:paraId="1A5475F2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48D6E1F0" w14:textId="77777777" w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
-[...175 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="353D9430" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A542B16" w14:textId="77777777" w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
-[...93 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="166AD606" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жарияланымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A05D2EB" w14:textId="77777777" w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
-[...35 lines deleted...]
-              <w:t>письма = 3 балла</w:t>
+          <w:p w14:paraId="1BA15CD4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1872F0C8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8BF23D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БССҚК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w14:paraId="471F120F" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6D652BBF" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="564"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="264E1C8F" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...16 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w14:paraId="6BAB8350" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DAA61E2" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...56 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2DD98415" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C79DCF7" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...182 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0CACE263" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1EBC9B" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...503 lines deleted...]
-              <w:t xml:space="preserve"> ,</w:t>
+          <w:p w14:paraId="5F75B1C0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4130FF06" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB44EB7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133C8B8A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C1E46F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 5 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w14:paraId="1EB1C295" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005C24F4" w14:paraId="141AEAD7" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="552"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E04925C" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D4C2BC8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606F7CC8" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4E3878FD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3012E8B0" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="678659E0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- пәндік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2832C9A8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6EFF5C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20473149" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="663A6E39" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA35D17" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18373A23" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BE1115" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2BA2073B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FC298B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D27B6F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D6252C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5CDD48" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A1D3E6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384ACFA2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="290C52B8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58CE2C1E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787F5B7A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E55CB1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2221D86E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0778BD8B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0C3F35" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E1B98E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C986C9A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8B3F11" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFF30F7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0639A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDE0E1C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD03797" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F17984" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15CF98BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5823780E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="141242B9" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...269 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w14:paraId="63C1926A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
-          </w:p>
-[...25 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
-            </w:r>
-[...294 lines deleted...]
-              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w14:paraId="08686C23" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="3B97C10F" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="552"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
+            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2482A1C0" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...16 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w14:paraId="67AFF705" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="5953" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42841180" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="64A46E81" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13303617" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47D638D6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6-тармақта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) бойынша 0,5 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ескеріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004F4229" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жобалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7BA9DF41" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6135"/>
+        <w:gridCol w:w="3930"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6D177ED9" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE6C1F1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA031AA" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...81 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="35AB100B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E93597F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75DD65BA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="499495DE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="644644E1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76CD66C4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40EC7725" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AA3AFB7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0498E131" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7803C2E1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="435826C7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27D46FA5" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BCBCE22" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74AFA2E0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110851E1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0739EACD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53F16794" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F1F7FF0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="267C1EF6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02BC981D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="182454B9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D2FBED" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="5B8955E8" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="396A3D2C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9E429E" w14:textId="77777777" w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
-[...4644 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3BB9A204" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="487D9537" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...955 lines deleted...]
-    <w:p w14:paraId="19141B4F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+    <w:p w14:paraId="3EB1990C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="2" w:name="z236"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>Оценочный</w:t>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>лист</w:t>
+        </w:rPr>
+        <w:t>уақытша</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>кандидата</w:t>
+        </w:rPr>
+        <w:t>өтілі</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>без</w:t>
+        </w:rPr>
+        <w:t>жоқ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>стажа</w:t>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>на</w:t>
+        </w:rPr>
+        <w:t>бағалау</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E054B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...3 lines deleted...]
-        <w:t>вакантную</w:t>
+        </w:rPr>
+        <w:t>парағы</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="33685222" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+    <w:p w14:paraId="3E492D30" w14:textId="77777777" w:rsidR="005D0365" w:rsidRPr="005D0365" w:rsidRDefault="005D0365" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:jc w:val="center"/>
-[...95 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="731"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3118"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="783ABF1E" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="3E69E358" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2850E87C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="18575D63" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F3AE6B" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...16 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="6AA6555C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197722C1" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...36 lines deleted...]
-              <w:t>документ</w:t>
+          <w:p w14:paraId="0A25A5AF" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7CFE77" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...35 lines deleted...]
-              <w:t>баллов (от 1 до 30)</w:t>
+          <w:p w14:paraId="6151D655" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1B9857B8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="122BFE14" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="5A0CF109" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1840"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00C2E254" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7F4374F7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7170E1" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...35 lines deleted...]
-              <w:t>образования</w:t>
+          <w:p w14:paraId="59EB2B4E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0442B4" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...132 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2DE927AE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="147FC5F7" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...348 lines deleted...]
-              <w:t>балла</w:t>
+          <w:p w14:paraId="64A3F79B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="015ED466" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E06ED6D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ACF340E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша) = 4 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="4270BF84" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="501D798C" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="900"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBEEEB4" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="001F5C75" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3D87D6AA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1850B2B5" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1F42FCEB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E054B8">
-[...26 lines deleted...]
-              <w:t>степень</w:t>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE48C23" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...132 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="67ED8FF2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE1185E" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...100 lines deleted...]
-              <w:t>баллов</w:t>
+          <w:p w14:paraId="1FB8292F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7710A39F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="546209C4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="29961D36" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="371461EC" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="900"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6FFDF8" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...27 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w14:paraId="15CCC56E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02BF8B4A" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...46 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6BBED112" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094F48FD" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w14:paraId="12677DA7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41AFC0BE" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...93 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="274C288A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FBC0ACE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF73E0D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="090079FB" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="17A2DC9B" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EEB5D28" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="23FD7579" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDF5891" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...207 lines deleted...]
-              <w:t>профессиональной практики</w:t>
+          <w:p w14:paraId="4D907B86" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ кәсіби практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2955687A" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...55 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3ADF91FB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C95D3D5" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...186 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2DF01CE8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F91B823" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4451F7F9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="28011407" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="36DFBB38" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="860"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72544535" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5DF5F548" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01DD883A" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...83 lines deleted...]
-              <w:t>учебы</w:t>
+          <w:p w14:paraId="3FCFB63B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABFBEB0" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1E8EBE91" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19032076" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...54 lines deleted...]
-              <w:t>письма = 3 балла</w:t>
+          <w:p w14:paraId="65317EF0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="52196E65" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="63F6264B" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="596"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6A1D1F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="401E1AC0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEBFA2B" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...70 lines deleted...]
-              <w:t>работе</w:t>
+          <w:p w14:paraId="5DF5158F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E8F72D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...34 lines deleted...]
-              <w:t>участия</w:t>
+          <w:p w14:paraId="1E48F8AD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045F2BA1" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7078C3A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="7F514A29" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="01380441" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="2155"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34ACF2CA" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...68 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7528029B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6424811D" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...199 lines deleted...]
-              <w:t>авторских</w:t>
+          <w:p w14:paraId="1AF8DBB6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жарияланымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="547B1BB4" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...65 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5811A211" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E2B830" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...139 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="378354EC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445DA70B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E054B8">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57DE2B82" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="4293E00E" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="485121CE" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="2155"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C96FCFB" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00A0112D" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...16 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w14:paraId="5D07E5E9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77740D36" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="130C139C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2BBD57" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...34 lines deleted...]
-              <w:t>участия</w:t>
+          <w:p w14:paraId="5158FF31" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0B7BA9" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5E42EB7E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="3E38ADD9" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="68526542" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1271"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0754E0" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6B8ABE4A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24C7631D" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...26 lines deleted...]
-              <w:t>др.)</w:t>
+          <w:p w14:paraId="44B310A6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>конкурстарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10322781" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...48 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="24927C36" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8291FC" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...105 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="22B3D72C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>балдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="3D7EFA97" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="30AF7760" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="2155"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F723A39" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3C03909C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C304EC1" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...275 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6FCF7F45" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Python</w:t>
             </w:r>
-            <w:r>
-[...100 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Microsoftта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065268AA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E054B8">
-[...966 lines deleted...]
-              <w:t>”</w:t>
+          </w:p>
+          <w:p w14:paraId="2285F922" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B349BF" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6120E74C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46563051" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738867DE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5305A4B0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A8BC34A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ECFAF11" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4761AFA1" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...26 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="007C206E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F55E384" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...38 lines deleted...]
-              <w:t>отдельно)</w:t>
+          <w:p w14:paraId="34F4DC2D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>әрқайсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бөлек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="4FC95DE4" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="689F54F9" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="370"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6057A2" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00A0112D" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="568378B9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0EC774" w14:textId="77777777" w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
-[...57 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0CBB4769" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07AF3C0C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B23D635" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="438BD2A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        </w:sectPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661C8C8E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70491F84" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28DD9C0D" w14:textId="77777777" w:rsidR="001A6232" w:rsidRPr="00E054B8" w:rsidRDefault="001A6232" w:rsidP="00E054B8">
+    <w:p w14:paraId="404AF56D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001A6232" w:rsidRPr="00E054B8" w:rsidSect="00247927">
+    <w:p w14:paraId="16B634C9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6713C2DB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C274277" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="092DD98D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EFFB5B0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E9F501" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14691FED" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FFA849E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68BE59BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6985BEA3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AEF73A4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F344127" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B4688E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E1C054D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64041C3C" w14:textId="77777777" w:rsidR="00ED253C" w:rsidRPr="005D0365" w:rsidRDefault="00ED253C" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED253C" w:rsidRPr="005D0365" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -20330,316 +19351,50 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01030A83"/>
-[...264 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20708,51 +19463,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20821,174 +19576,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...122 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -21035,51 +19667,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0B694EA"/>
     <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21148,922 +19780,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...870 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEF74D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="364C5554"/>
     <w:lvl w:ilvl="0" w:tplc="60561768">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -22133,1186 +19894,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...1134 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23381,51 +20007,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23474,877 +20100,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-[...825 lines deleted...]
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -24390,950 +20190,871 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="14"/>
-[...46 lines deleted...]
-  <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...28 lines deleted...]
-    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
-    <w:rsid w:val="00005F3B"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="0006248D"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="000869BE"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
-    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
-    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
-    <w:rsid w:val="0012006F"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
-    <w:rsid w:val="00131DCE"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="001366A2"/>
-    <w:rsid w:val="00136E86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00170BCF"/>
+    <w:rsid w:val="00166D46"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A6232"/>
-    <w:rsid w:val="001A7D20"/>
+    <w:rsid w:val="001A3ACD"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B2A10"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4200"/>
-    <w:rsid w:val="001F5C75"/>
     <w:rsid w:val="00200BD1"/>
-    <w:rsid w:val="002016D1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00252B80"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00270241"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002954CA"/>
+    <w:rsid w:val="002A22C5"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
-    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
-    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00306EF2"/>
+    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
-    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00355AEB"/>
+    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00364863"/>
-    <w:rsid w:val="00371185"/>
     <w:rsid w:val="0037198C"/>
-    <w:rsid w:val="0037216B"/>
     <w:rsid w:val="00373625"/>
-    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="003747AE"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A065B"/>
+    <w:rsid w:val="004A019E"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00504650"/>
+    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="00557F81"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C24F4"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D0365"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00642A6F"/>
+    <w:rsid w:val="00641CE0"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006800C9"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
-    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
-    <w:rsid w:val="00733EB8"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
-    <w:rsid w:val="007543AA"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="007732D7"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4FAB"/>
+    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007C43C6"/>
+    <w:rsid w:val="007D55DF"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F4ECB"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="00805A03"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884995"/>
     <w:rsid w:val="00884A28"/>
-    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
-    <w:rsid w:val="008F2930"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
-    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
+    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="009509E6"/>
-    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
-    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F77F6"/>
     <w:rsid w:val="00A00C92"/>
-    <w:rsid w:val="00A0112D"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
-    <w:rsid w:val="00A45296"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A928B3"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
-    <w:rsid w:val="00AA3858"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE3E72"/>
+    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B2199F"/>
+    <w:rsid w:val="00B22057"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B44934"/>
+    <w:rsid w:val="00B45C50"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B63374"/>
+    <w:rsid w:val="00B71E74"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
-    <w:rsid w:val="00BD693A"/>
-    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C4219D"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C610B0"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C94AD7"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
-    <w:rsid w:val="00CA6C44"/>
-    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00CC4217"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE2F89"/>
+    <w:rsid w:val="00CE224D"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D277A0"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D37E0A"/>
     <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D42C52"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D74D43"/>
-    <w:rsid w:val="00D84C6E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D91C6B"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
-    <w:rsid w:val="00DC035B"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
-    <w:rsid w:val="00E054B8"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E27A80"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E51F4A"/>
+    <w:rsid w:val="00E52695"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
-    <w:rsid w:val="00E96BC2"/>
+    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED253C"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00EF7F82"/>
     <w:rsid w:val="00F02467"/>
-    <w:rsid w:val="00F02B4D"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F06293"/>
+    <w:rsid w:val="00F10F92"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F54344"/>
+    <w:rsid w:val="00F53841"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB650A"/>
+    <w:rsid w:val="00FC1BF4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC60E6"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FF111B"/>
+    <w:rsid w:val="00FE320D"/>
     <w:rsid w:val="00FF12C4"/>
-    <w:rsid w:val="00FF1671"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B4EBBA6"/>
-  <w15:docId w15:val="{F9075B63-DC15-415D-9F6B-39A4E999E94C}"/>
+  <w14:docId w14:val="212E0128"/>
+  <w15:docId w15:val="{9BC0B6D3-3C68-433C-B5C1-B83D216EEE6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -25373,55 +21094,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25490,51 +21211,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -25686,59 +21407,59 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0064541A"/>
+    <w:rsid w:val="00AD497F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -25809,51 +21530,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
@@ -25893,368 +21614,185 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A559D1"/>
+    <w:rsid w:val="005069F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00654040"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...158 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="110707149">
+    <w:div w:id="31267977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="646127558">
-[...12 lines deleted...]
-    <w:div w:id="649792773">
+    <w:div w:id="953249665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1622616062">
+    <w:div w:id="1983582154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1628393107">
+    <w:div w:id="2066682383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1823891178">
-[...12 lines deleted...]
-    <w:div w:id="1842113553">
+    <w:div w:id="2135253245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -26526,78 +22064,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC35BCC-7906-4DE2-BA80-6DC977B814C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8912197-7E4D-49C5-AACC-E9CE96E578A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>14332</Characters>
+  <Pages>9</Pages>
+  <Words>2524</Words>
+  <Characters>14389</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16813</CharactersWithSpaces>
+  <CharactersWithSpaces>16880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>