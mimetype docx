--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,2104 +1,2122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="28B791BA" w14:textId="31BF597D" w:rsidR="00123ABB" w:rsidRDefault="00123ABB" w:rsidP="00123ABB">
+    <w:p w14:paraId="4E6D0DB6" w14:textId="1F97D6E5" w:rsidR="00F12C76" w:rsidRPr="008E3C08" w:rsidRDefault="002F16EB" w:rsidP="002F16EB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>НОРМАТИВНАЯ БАЗА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1BE13D" w14:textId="47254329" w:rsidR="002F16EB" w:rsidRPr="008E3C08" w:rsidRDefault="002F16EB" w:rsidP="002F16EB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПО ВОПРОСАМ ЗАВЕРШЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473A9E1E" w14:textId="74B88CC9" w:rsidR="002F16EB" w:rsidRPr="008E3C08" w:rsidRDefault="002F16EB" w:rsidP="002F16EB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2024 – 2025 УЧЕБНОГО ГОДА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FDE7D1" w14:textId="77777777" w:rsidR="00DE6807" w:rsidRPr="00DE6807" w:rsidRDefault="00DE6807" w:rsidP="00DE6807">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FCA5FA6" w14:textId="19C5D198" w:rsidR="002F16EB" w:rsidRPr="008E3C08" w:rsidRDefault="002F16EB" w:rsidP="003B7733">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:jc w:val="center"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="14D8EC5A" w14:textId="15BC0E81" w:rsidR="00123ABB" w:rsidRPr="00123ABB" w:rsidRDefault="00123ABB" w:rsidP="00123ABB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 25 сентября 2018 года № 494. "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся"</w:t>
+      </w:r>
+      <w:r w:rsidR="00D449CF" w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55066DFD" w14:textId="77777777" w:rsidR="008E3C08" w:rsidRPr="008E3C08" w:rsidRDefault="008E3C08" w:rsidP="003B7733">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A034049" w14:textId="5C694B36" w:rsidR="002F16EB" w:rsidRPr="008E3C08" w:rsidRDefault="00DE6807" w:rsidP="003B7733">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:jc w:val="center"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="167F79AF" w14:textId="77777777" w:rsidR="00123ABB" w:rsidRPr="00123ABB" w:rsidRDefault="00123ABB" w:rsidP="00123ABB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приказ  Министра просвещения Республики Казахстан от 10 июля 2024 года № 174.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D449CF" w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D449CF" w:rsidRPr="008E3C08">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Об определении сроков начала и завершения 2024-2025 учебного года, а также сроков проведения итоговой аттестации обучающихся в организациях среднего образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E77418A" w14:textId="5D6E9F62" w:rsidR="00D449CF" w:rsidRPr="008E3C08" w:rsidRDefault="00D449CF" w:rsidP="003B7733">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
-[...74 lines deleted...]
-        <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123ABB">
-[...31 lines deleted...]
-        <w:spacing w:after="0"/>
+    </w:p>
+    <w:p w14:paraId="77E56AB5" w14:textId="215D7CF8" w:rsidR="00771651" w:rsidRPr="008E3C08" w:rsidRDefault="00771651" w:rsidP="00D449CF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A8FFCC1" w14:textId="20E0369B" w:rsidR="008E3C08" w:rsidRPr="008E3C08" w:rsidRDefault="008E3C08" w:rsidP="00D449CF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3232A847" w14:textId="36930E50" w:rsidR="008E3C08" w:rsidRPr="008E3C08" w:rsidRDefault="008E3C08" w:rsidP="008E3C08">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123ABB">
+      <w:r w:rsidRPr="008E3C08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>БІЛІМ АЛУШЫЛАРДЫ ҚОРЫТЫНДЫ АТТЕСТАТТАУДАН ӨТКІЗУ ТӘРТІБІ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="608341EF" w14:textId="2A29A8EC" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="003B7733" w:rsidP="003B7733">
+        <w:t>ПОРЯДОК ПРОВЕДЕНИЯ ИТОГОВОЙ АТТЕСТАЦИИ ОБУЧАЮЩИХСЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1828DC98" w14:textId="7872A079" w:rsidR="008E3C08" w:rsidRDefault="003B7733" w:rsidP="003B7733">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333114">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">І. </w:t>
       </w:r>
-      <w:r w:rsidR="00123ABB" w:rsidRPr="00123ABB">
-[...46 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="008E3C08" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Обучающиеся 9 класса,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00333114">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ІІ. </w:t>
-[...209 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3C08" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>освоившие общеобразовательные учебные программы основного среднего образования, сдают четыре экзамена, один из них - по выбору</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608341EF" w14:textId="77777777" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="003B7733">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E3DCD88" w14:textId="0DAF7A0D" w:rsidR="003E0CF2" w:rsidRPr="00333114" w:rsidRDefault="003B7733" w:rsidP="003B7733">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ. Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67426120" w14:textId="5590C89D" w:rsidR="003E0CF2" w:rsidRPr="00333114" w:rsidRDefault="008E3C08" w:rsidP="003B7733">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Письменный экзамен по русскому языку </w:t>
+      </w:r>
+      <w:r w:rsidR="00E733E8" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проводится  в форме эссе</w:t>
+      </w:r>
+      <w:r w:rsidR="00E733E8" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B825CA6" w14:textId="25E04699" w:rsidR="003E0CF2" w:rsidRPr="00333114" w:rsidRDefault="008E3C08" w:rsidP="003B7733">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Письменный экзамен по математике (алгебре)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5929F0DB" w14:textId="30D75A9A" w:rsidR="003E0CF2" w:rsidRPr="00333114" w:rsidRDefault="00E733E8" w:rsidP="003B7733">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3C08" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>исьменный экзамен по казахскому языку и литературе в классах с русским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25374862" w14:textId="109E3DFE" w:rsidR="008E3C08" w:rsidRPr="00333114" w:rsidRDefault="008E3C08" w:rsidP="003B7733">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E733E8" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>исьменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык (английский/французский/немецкий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4BF906" w14:textId="555ECBF3" w:rsidR="003E0CF2" w:rsidRDefault="003E0CF2" w:rsidP="003B7733">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30C30AFC" w14:textId="458939FE" w:rsidR="00333114" w:rsidRDefault="00333114" w:rsidP="003B7733">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8293F3" w14:textId="77777777" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="003B7733">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7513B4AA" w14:textId="77777777" w:rsidR="003E0CF2" w:rsidRPr="008E3C08" w:rsidRDefault="003E0CF2" w:rsidP="003E0CF2">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123ABB">
+      <w:r w:rsidRPr="008E3C08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>БІЛІМ АЛУШЫЛАРДЫ ҚОРЫТЫНДЫ АТТЕСТАТТАУДАН ӨТКІЗУ ТӘРТІБІ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65323964" w14:textId="7EBC06F6" w:rsidR="00333114" w:rsidRPr="00123ABB" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+        <w:t>ПОРЯДОК ПРОВЕДЕНИЯ ИТОГОВОЙ АТТЕСТАЦИИ ОБУЧАЮЩИХСЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634CC48C" w14:textId="13956436" w:rsidR="00B06846" w:rsidRDefault="00B06846" w:rsidP="00B06846">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333114">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>І.</w:t>
-[...5 lines deleted...]
-          <w:color w:val="C00000"/>
+        <w:t xml:space="preserve">І. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0CF2" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся 11 класса, </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0CF2" w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>освоившие общеобразовательные учебные программы общего среднего образования, сдают итоговую аттестацию в виде пяти экзаменов, один из них – по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65323964" w14:textId="77777777" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E88B604" w14:textId="0DBBB317" w:rsidR="003B7733" w:rsidRPr="00333114" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ. Итоговая аттестация для обучающихся 11 (12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00123ABB" w:rsidRPr="00123ABB">
-[...163 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1104D90D" w14:textId="10289B49" w:rsidR="00B06846" w:rsidRPr="00333114" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) письменный экзамен по русскому языку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F39852" w14:textId="45B0F1C8" w:rsidR="00B06846" w:rsidRPr="00333114" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) письменный экзамен по алгебре и началам анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200C4909" w14:textId="63070BF0" w:rsidR="00B06846" w:rsidRPr="00333114" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) устный экзамен по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65177446" w14:textId="0F37A117" w:rsidR="00B06846" w:rsidRPr="00333114" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) письменный экзамен по казахскому языку и литературе в школах русским языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB1C486" w14:textId="78B92D4E" w:rsidR="00B06846" w:rsidRPr="00333114" w:rsidRDefault="00B06846" w:rsidP="00B06846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13396CCD" w14:textId="77777777" w:rsidR="00333114" w:rsidRDefault="00333114" w:rsidP="003B7733">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123ABB">
+    </w:p>
+    <w:p w14:paraId="001A7F61" w14:textId="77777777" w:rsidR="00333114" w:rsidRDefault="00333114" w:rsidP="003B7733">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...256 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404ADB85" w14:textId="1D0FBEE1" w:rsidR="003B7733" w:rsidRPr="008E3C08" w:rsidRDefault="003B7733" w:rsidP="003B7733">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A69C5">
+      <w:r w:rsidRPr="008E3C08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>9 СЫНЫПТАРДА ҚОРЫТЫНДЫ АТТЕСТАТТАУДЫ ӨТКІЗУ МЕРЗІМІ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F2B2261" w14:textId="77777777" w:rsidR="008A69C5" w:rsidRPr="008A69C5" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+        <w:t>ПОРЯДОК ПРОВЕДЕНИЯ ИТОГОВОЙ АТТЕСТАЦИИ ОБУЧАЮЩИХСЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D49E82B" w14:textId="6B02720D" w:rsidR="008E3C08" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Обучающиеся 9 и 11  классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>освобождаются от итоговой аттестации приказами руководителей управлений образования, обучающиеся республиканских школ – приказом Министра просвещения Республики Казахстан в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0428A3" w14:textId="1274BFCA" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6290F010" w14:textId="40ECE12D" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) лица с инвалидностью первой и второй группы, в том числе с инвалидностью с детства, дети с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6BF340" w14:textId="58173A25" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) участники летних учебно-тренировочных сборов, являющиеся кандидатами в сборную команду Республики Казахстан для участия в международных олимпиадах (соревнованиях);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49198DCB" w14:textId="23EE5AF6" w:rsidR="00333114" w:rsidRPr="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) смерти близких родственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7629FBA6" w14:textId="77777777" w:rsidR="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E44F4F3" w14:textId="433C2A27" w:rsidR="00333114" w:rsidRPr="00AD4F16" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333114">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІІ. Приказы об освобождении обучающихся от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>итоговой аттестации издаются на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2522AF64" w14:textId="22AA382C" w:rsidR="00333114" w:rsidRPr="00AD4F16" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) заключения врачебно-консультационной комиссии согласно форме № 026/у;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EAF50BE" w14:textId="20561255" w:rsidR="00333114" w:rsidRPr="00AD4F16" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) выписки из решения педсовета и ходатайства школы для категории обучающихся, указанных в пункте 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A245A26" w14:textId="27331F9E" w:rsidR="00333114" w:rsidRDefault="00333114" w:rsidP="00333114">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD4F16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) подлинников и копий табелей успеваемости обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F50C943" w14:textId="4815E020" w:rsidR="00AD4F16" w:rsidRDefault="0098342E" w:rsidP="0098342E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...501 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="0098342E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>СРОКИ ПРОВЕДЕНИЯ ИТОГОВОЙ АТТЕСТАЦИИ В 9 КЛАССАХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A440F0F" w14:textId="77777777" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="0098342E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="008A69C5" w:rsidRPr="008A69C5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D5CEFE" w14:textId="4F673F82" w:rsidR="0098342E" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по математике (алгебре) </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 29 мая 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FC4C99" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="0098342E" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5672E666" w14:textId="3388D5DF" w:rsidR="0098342E" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен русскому языку </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в форме эссе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня 2025 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784D7543" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="0098342E" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10FDC820" w14:textId="04694E54" w:rsidR="0098342E" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІІ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык, информатика) </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 5 июня 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49182D0D" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="0098342E" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C6A630" w14:textId="2743A450" w:rsidR="0098342E" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>письменный экзамен по казахскому языку и литературе в классах с русским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="0098342E" w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 июня 2025 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690368F4" w14:textId="42DE34F4" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A24616" w14:textId="2967A4D7" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="082BA6B3" w14:textId="0DA6C54C" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51EBA4CA" w14:textId="581DAB5A" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="054390F6" w14:textId="0C1CEB1D" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C745E6C" w14:textId="2757397E" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75720897" w14:textId="63685FF6" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> СЫНЫПТАРДА ҚОРЫТЫНДЫ АТТЕСТАТТАУДЫ ӨТКІЗУ МЕРЗІ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008A69C5">
+      </w:pPr>
+      <w:r w:rsidRPr="0098342E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>МІ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C3185B4" w14:textId="5DEA818B" w:rsidR="008A69C5" w:rsidRPr="00880A67" w:rsidRDefault="008A69C5" w:rsidP="00880A67">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">СРОКИ ПРОВЕДЕНИЯ ИТОГОВОЙ АТТЕСТАЦИИ В </w:t>
+      </w:r>
+      <w:r w:rsidR="005873F4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098342E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КЛАССАХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4369623B" w14:textId="77777777" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A69C5">
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">І. </w:t>
       </w:r>
-      <w:r w:rsidR="00880A67">
-[...55 lines deleted...]
-    <w:p w14:paraId="12E3402E" w14:textId="77777777" w:rsidR="008A69C5" w:rsidRPr="008A69C5" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">устный экзамен по истории </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0A6BD2" w14:textId="3CEA5CA8" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3321ECDE" w14:textId="41299116" w:rsidR="008A69C5" w:rsidRPr="008A69C5" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>– 30 мая 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F1701A" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...31 lines deleted...]
-          <w:color w:val="0070C0"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D73CAB" w14:textId="1A664B79" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880A67">
-[...44 lines deleted...]
-    <w:p w14:paraId="3788D76B" w14:textId="77777777" w:rsidR="008A69C5" w:rsidRPr="008A69C5" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по алгебре и началам анализа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>– 4 июня 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616A1302" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="17BCE463" w14:textId="3FBC1F9D" w:rsidR="008A69C5" w:rsidRPr="00880A67" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="033F3CBF" w14:textId="3D681A74" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="44926C80" w14:textId="77777777" w:rsidR="008A69C5" w:rsidRPr="008A69C5" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІІІ. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по русскому языку (по языку обучения) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>– 9 июня 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCBAF1A" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="40594FBA" w14:textId="77777777" w:rsidR="008A69C5" w:rsidRPr="00880A67" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0A2FF3" w14:textId="6A0965EA" w:rsidR="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00880A67">
-[...11 lines deleted...]
-    <w:p w14:paraId="3D547B9F" w14:textId="77777777" w:rsidR="008A69C5" w:rsidRPr="008A69C5" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>– 12 июня 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0597AA50" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="58454B99" w14:textId="380BCC5D" w:rsidR="002810A1" w:rsidRPr="00880A67" w:rsidRDefault="008A69C5" w:rsidP="008A69C5">
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDE387A" w14:textId="46C595C0" w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...55 lines deleted...]
-    <w:sectPr w:rsidR="002810A1" w:rsidRPr="00880A67" w:rsidSect="00D449CF">
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по казахскому языку и литературе в школах/классах с узбекским/уйгурским/таджикским/русским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002810A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>– 16 июня 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58454B99" w14:textId="77777777" w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidRDefault="002810A1" w:rsidP="002810A1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002810A1" w:rsidRPr="002810A1" w:rsidSect="00D449CF">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="doubleD" w:sz="16" w:space="24" w:color="auto"/>
         <w:left w:val="doubleD" w:sz="16" w:space="24" w:color="auto"/>
         <w:bottom w:val="doubleD" w:sz="16" w:space="24" w:color="auto"/>
         <w:right w:val="doubleD" w:sz="16" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -2628,75 +2646,74 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B33859"/>
-    <w:rsid w:val="00123ABB"/>
     <w:rsid w:val="002810A1"/>
     <w:rsid w:val="002F16EB"/>
     <w:rsid w:val="00333114"/>
     <w:rsid w:val="003B7733"/>
     <w:rsid w:val="003E0CF2"/>
+    <w:rsid w:val="005873F4"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="00771651"/>
     <w:rsid w:val="007C102A"/>
     <w:rsid w:val="008242FF"/>
     <w:rsid w:val="00870751"/>
-    <w:rsid w:val="00880A67"/>
-    <w:rsid w:val="008A69C5"/>
     <w:rsid w:val="008E3C08"/>
     <w:rsid w:val="00922C48"/>
     <w:rsid w:val="0098342E"/>
     <w:rsid w:val="00AD4F16"/>
     <w:rsid w:val="00B06846"/>
     <w:rsid w:val="00B33859"/>
     <w:rsid w:val="00B915B7"/>
     <w:rsid w:val="00C54F43"/>
     <w:rsid w:val="00D449CF"/>
     <w:rsid w:val="00DE6807"/>
     <w:rsid w:val="00E733E8"/>
     <w:rsid w:val="00EA59DF"/>
     <w:rsid w:val="00EE4070"/>
     <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -3546,69 +3563,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>619</Words>
-  <Characters>3534</Characters>
+  <Words>616</Words>
+  <Characters>3515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4145</CharactersWithSpaces>
+  <CharactersWithSpaces>4123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>