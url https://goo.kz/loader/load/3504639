--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,8719 +1,7436 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="72CE3C76" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+    <w:p w14:paraId="2714C0AD" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:spacing w:before="312"/>
-        <w:ind w:right="146" w:firstLine="707"/>
+        <w:spacing w:before="316"/>
+        <w:ind w:right="137" w:firstLine="707"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>При реализации воспитательно-образовательного процесса в 2024-2025 учебном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>году</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предшкольные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>классы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общеобразовательных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>школ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лицеев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гимназий </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>руководствуются</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...95 lines deleted...]
-      </w:pPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>следующими нормативными правовыми актами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62307C92" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трудовой Кодекс Республики Казахстан </w:t>
+      </w:r>
       <w:hyperlink r:id="rId4">
         <w:r>
           <w:rPr>
+            <w:i/>
             <w:color w:val="0000FF"/>
-            <w:spacing w:val="-2"/>
+            <w:spacing w:val="-7"/>
+            <w:sz w:val="28"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/K1500000414</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/K1500000414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01EF07BE" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...81 lines deleted...]
-    <w:p w14:paraId="4A08C642" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+    <w:p w14:paraId="7927D111" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образовании»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078C65D3" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/Z070000319_</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/Z070000319_</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DAAC1B2" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...96 lines deleted...]
-    <w:p w14:paraId="2AD5B3D7" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+    <w:p w14:paraId="302B11D1" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статусе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагога»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F57414F" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:ind w:left="1135"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/Z1900000293</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/Z1900000293</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63610157" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...24 lines deleted...]
-    <w:p w14:paraId="1B7D5653" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+    <w:p w14:paraId="5171715A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республике</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08167B11" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:spacing w:line="321" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId7">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/Z020000345_</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/Z020000345_</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32658153" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+    <w:p w14:paraId="617BE7D5" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:spacing w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
-[...93 lines deleted...]
-    <w:p w14:paraId="7B1F1874" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>игрушек»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6979BA1B" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
-[...6341 lines deleted...]
-        <w:ind w:left="1135"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="122638E1" wp14:editId="5F60BCFE">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B1BD2E7" wp14:editId="1576ACDB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>4662804</wp:posOffset>
+                  <wp:posOffset>4274184</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>185547</wp:posOffset>
+                  <wp:posOffset>185667</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="44450" cy="9525"/>
+                <wp:extent cx="43180" cy="9525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="6" name="Graphic 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="44450" cy="9525"/>
+                          <a:ext cx="43180" cy="9525"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="44450" h="9525">
+                            <a:path w="43180" h="9525">
                               <a:moveTo>
-                                <a:pt x="44196" y="0"/>
+                                <a:pt x="42672" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="0" y="0"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="0" y="9144"/>
                               </a:lnTo>
                               <a:lnTo>
-                                <a:pt x="44196" y="9144"/>
+                                <a:pt x="42672" y="9144"/>
                               </a:lnTo>
                               <a:lnTo>
-                                <a:pt x="44196" y="0"/>
+                                <a:pt x="42672" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3F3DDB68" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:367.15pt;margin-top:14.6pt;width:3.5pt;height:.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="44450,9525" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPn5s2IAIAALMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04Cp1iMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJlhNspw3zQabMJ+rxkfTm/txpdlLoWjAlX8zmnCkjoWrNoeTfdk8f&#10;PnLmvDCV0GBUyS/K8fvt+3eb3hZqCQ3oSiGjIMYVvS15470tsszJRnXCzcAqQ84asBOetnjIKhQ9&#10;Re90tpzP77IesLIIUjlHXx8HJ9/G+HWtpP9a1055pktO3HxcMa77sGbbjSgOKGzTypGG+AcWnWgN&#10;XTqFehResCO2f4TqWongoPYzCV0Gdd1KFXOgbBbz37J5a4RVMRcSx9lJJvf/wsqX05t9xUDd2WeQ&#10;PxwpkvXWFZMnbNyIOdfYBSwRZ+eo4mVSUZ09k/Qxz/MVSS3Js14tV0HiTBTppDw6/1lBjCJOz84P&#10;FaiSJZpkybNJJlIdQwV1rKDnjCqInFEF90MFrfDhXKAWTNZPNJqRRXB1cFI7iCAf6Of5Yn3HWUqB&#10;WF4R2twiKZ8bVPKlt43RBsx6kedjysmd3gPseulfQGOjEr8USmpwahA25BsVnjQg3K3KDnRbPbVa&#10;h8QdHvYPGtlJhIGIz8j2BhbrP5Q8FH8P1eUVWU9TUnL38yhQcaa/GGrDMFLJwGTsk4FeP0AcvKg5&#10;Or87fxdomSWz5J465gVSk4sitQPxD4ABG04a+HT0ULehVyK3gdG4ocmI+Y9THEbvdh9R13/N9hcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeeIYo3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNA&#10;EIbvJr7DZky82aXQFESWpjF64STVpHrbsiOg7Cxhty2+veOpHmfmyz/fX2xmO4gTTr53pGC5iEAg&#10;Nc701Cp4e32+y0D4oMnowREq+EEPm/L6qtC5cWeq8bQLreAQ8rlW0IUw5lL6pkOr/cKNSHz7dJPV&#10;gceplWbSZw63g4yjaC2t7ok/dHrExw6b793RKvjwT1lV19U6e9nbSn4l+/d4S0rd3szbBxAB53CB&#10;4U+f1aFkp4M7kvFiUJAmq4RRBfF9DIKBdLXkxUFBEqUgy0L+b1D+AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI+fmzYgAgAAswQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAN54hijfAAAACQEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m44196,l,,,9144r44196,l44196,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1BA76AF8" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:336.55pt;margin-top:14.6pt;width:3.4pt;height:.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="43180,9525" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvO+xWIQIAALMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06ytGuNOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlhN0pw3zQabMJ+rxkfT6rm81OyqHDZiCL2ZzzpSRUDZmX/Dv28cP&#10;N5yhF6YUGowq+Ekhv9u8f7fubK6WUIMulWMUxGDe2YLX3ts8y1DWqhU4A6sMOStwrfC0dfusdKKj&#10;6K3OlvP5ddaBK60DqRDp68Pg5JsYv6qU9N+qCpVnuuDEzcfVxXUX1myzFvneCVs3cqQh/oFFKxpD&#10;l06hHoQX7OCaP0K1jXSAUPmZhDaDqmqkijlQNov5m2xea2FVzIXEQTvJhP8vrHw+vtoXF6ijfQL5&#10;E0mRrLOYT56wwRHTV64NWCLO+qjiaVJR9Z5J+rj6uLghqSV5bq+WV0HiTOTppDyg/6IgRhHHJ/RD&#10;BcpkiTpZsjfJdFTHUEEdK+g5owo6zqiCu6GCVvhwLlALJusmGvXIIrhaOKotRJAP9FfL609LzlIK&#10;xPKM0OYSSflcoJIvvW2MNmBuF6vVmHJyp/cAO1/6F9DYqMQvhZIaUA3ChnyjwpMGhLtUGUE35WOj&#10;dUgc3X53rx07ijAQ8RnZXsBi/YeSh+LvoDy9ONbRlBQcfx2EU5zpr4baMIxUMlwydslwXt9DHLyo&#10;uUO/7X8IZ5kls+CeOuYZUpOLPLUD8Q+AARtOGvh88FA1oVcit4HRuKHJiPmPUxxG73IfUed/zeY3&#10;AAAA//8DAFBLAwQUAAYACAAAACEAmQy8g+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7D&#10;MBBF90jcwRokNog6TYVDQiZVBQKkig0tB3Bik4TE48h223D7uitYjv7T/2/K9WxGdtTO95YQlosE&#10;mKbGqp5ahK/96/0jMB8kKTla0gi/2sO6ur4qZaHsiT71cRdaFkvIFxKhC2EqOPdNp430Cztpitm3&#10;dUaGeLqWKydPsdyMPE0SwY3sKS50ctLPnW6G3cEgDO/87W7zQsP2p84eevchtu1eIN7ezJsnYEHP&#10;4Q+Gi35Uhyo61fZAyrMRQWSrZUQR0jwFFgGR5TmwGmGVZMCrkv//oDoDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEArzvsViECAACzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAmQy8g+AAAAAJAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m42672,l,,,9144r42672,l42672,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/Z070000306_</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7DE594F1" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1588"/>
+          <w:tab w:val="left" w:pos="3104"/>
+          <w:tab w:val="left" w:pos="4574"/>
+          <w:tab w:val="left" w:pos="5123"/>
+          <w:tab w:val="left" w:pos="6635"/>
+          <w:tab w:val="left" w:pos="6990"/>
+        </w:tabs>
+        <w:ind w:left="1" w:right="135" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медико-педагогической </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коррекционной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поддержке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ограниченными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возможностями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8FDA68" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04D2053C" wp14:editId="081F80B4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4274184</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>185194</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="40005" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="40005" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="40005" h="9525">
+                              <a:moveTo>
+                                <a:pt x="39624" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="39624" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="39624" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1995DC1A" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:336.55pt;margin-top:14.6pt;width:3.15pt;height:.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="40005,9525" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDv94/2IQIAALMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aypFiMOMXQosOA&#10;oivQFDsrshwbk0WNUmL370fJVhJspw3zQabMJ+rxkfTmdug0Oyl0LZiSz2c5Z8pIqFpzKPnr7uHD&#10;J86cF6YSGowq+Zty/Hb7/t2mt4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLR6yCkVP&#10;0TudLfL8JusBK4sglXP09X508m2MX9dK+m917ZRnuuTEzccV47oPa7bdiOKAwjatnGiIf2DRidbQ&#10;pedQ98ILdsT2j1BdKxEc1H4mocugrlupYg6UzTz/LZuXRlgVcyFxnD3L5P5fWPl0erHPGKg7+wjy&#10;hyNFst664uwJGzdhhhq7gCXibIgqvp1VVINnkj4u8zxfcSbJs14tVkHiTBTppDw6/0VBjCJOj86P&#10;FaiSJZpkycEkE6mOoYI6VtBzRhVEzqiC+7GCVvhwLlALJuvPNJqJRXB1cFI7iCAf6H9c3yyWnKUU&#10;iOUFoc01klrnCpV86W1jtBGzni+XU8rJnd4j7HLpX0BjoxK/FEpqcGoUNuQbFT5rQLhrlR3otnpo&#10;tQ6JOzzs7zSykwgDEZ+J7RUs1n8seSj+Hqq3Z2Q9TUnJ3c+jQMWZ/mqoDcNIJQOTsU8Gen0HcfCi&#10;5uj8bvgu0DJLZsk9dcwTpCYXRWoH4h8AIzacNPD56KFuQ69EbiOjaUOTEfOfpjiM3vU+oi7/mu0v&#10;AAAA//8DAFBLAwQUAAYACAAAACEAk2NIUOAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07D&#10;MBBF90j8gzVI7KjTBJI2zaQCBBJskCjddDdNTBzwS7bbBr4es4Ll6B7de6ZZT1qxo/BhtAZhPsuA&#10;CdPZfjQDwvbt8WoBLEQyPSlrBMKXCLBuz88aqnt7Mq/iuIkDSyUm1IQgY3Q156GTQlOYWSdMyt6t&#10;1xTT6Qfeezqlcq14nmUl1zSatCDJiXspus/NQSM8ObUtXu6+5YOjzpWL553PP24QLy+m2xWwKKb4&#10;B8OvflKHNjnt7cH0gSmEsirmCUXIlzmwBJTV8hrYHqHIKuBtw/9/0P4AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA7/eP9iECAACzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAk2NIUOAAAAAJAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m39624,l,,,9144r39624,l39624,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:i/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/Z020000343_</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="08BAC78A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2402"/>
+          <w:tab w:val="left" w:pos="3950"/>
+          <w:tab w:val="left" w:pos="5958"/>
+          <w:tab w:val="left" w:pos="7487"/>
+          <w:tab w:val="left" w:pos="9515"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1" w:right="137" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Концепция</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>технического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>профессионального образования Республики Казахстан на 2023-2029 годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0085A113" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:i/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/P2300000249</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="21810243" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Формы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приема</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уведомлений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D408C32" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId11">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1500010194</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="604F46EC" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="140" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила допуска в дошкольные организации детей, не получивших плановые профилактические прививки, и порогового уровня коллективного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иммунитета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C60AB6B" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="1" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId12">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000021832</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="039CFFFE" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Модель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391557C4" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId13">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/P2100000137</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="02D4BF4B" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный общеобязательный стандарт дошкольного воспитания и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BB3F7E" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200029031</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="487F94CD" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учебные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>планы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617C46A6" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1200008275</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="77AF47C3" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учебная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>программа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A60EE8A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1600014235</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="13ABF0CA" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464121E4" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId17">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200029329</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4BBDFD9F" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2497"/>
+          <w:tab w:val="left" w:pos="3707"/>
+          <w:tab w:val="left" w:pos="7862"/>
+          <w:tab w:val="left" w:pos="9526"/>
+        </w:tabs>
+        <w:ind w:left="1" w:right="136" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Санитарные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Санитарно-эпидемиологические</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>домам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B795C7" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId18">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2100023469</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="67F9C50A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>штаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7408F0FD" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId19">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2300033166</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="16120A61" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:sectPr w:rsidR="000E2666" w:rsidSect="000E2666">
+          <w:pgSz w:w="11930" w:h="16860"/>
+          <w:pgMar w:top="1060" w:right="708" w:bottom="1120" w:left="1417" w:header="0" w:footer="858" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D24F771" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1931"/>
+          <w:tab w:val="left" w:pos="3112"/>
+          <w:tab w:val="left" w:pos="4420"/>
+          <w:tab w:val="left" w:pos="6720"/>
+          <w:tab w:val="left" w:pos="7581"/>
+          <w:tab w:val="left" w:pos="8243"/>
+        </w:tabs>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1" w:right="136" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Типовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>договор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образовательных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дошкольных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E35797A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="317" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId20">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1600013227</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0482057B" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>квалификационные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>характеристики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B18F017" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId21">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V090005750_</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="56BF62DE" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Нормы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оснащения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="53"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оборудованием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мебелью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дошкольного, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специальных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0740C78D" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId22">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1600013272</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5B342B16" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сфере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B65D40A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId23">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020883</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0C8476CD" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="134" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень учебников для организаций среднего образования, учебно- методических комплексов для дошкольных организаций, организаций среднего образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>том</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>числе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CE50FE" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="1" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId24">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020708</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1605F4CC" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="25"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8CE563" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId25">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020317</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2148F869" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>некоторых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вопросах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076E87EC" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId26">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020619</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="36612FEB" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Попечительского</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>избрания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49781347" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="317" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId27">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1700015584</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1E885A85" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оснащению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>системами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>видеонаблюдения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70055DFB" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId28">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1900018239</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="18F352D5" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оценки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>особых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образовательных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>потребностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BD778A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId29">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200026618</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="049FD1E3" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="132" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила психолого-педагогического сопровождения в организациях дошкольного, среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования, дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0243A266" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId30">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200026513</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="77B9C79E" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="131" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила организации питания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организациях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего образования, внешкольных организациях дополнительного образования, а </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей, организациях технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2BEAD1" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId31">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1800017948</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="08DC2C6B" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1" w:right="132" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила формирования перечня недобросовестных поставщиков (потенциальных поставщиков) услуг, товаров по организации питания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внешкольных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациях дополнительного образования, а также товаров, связанных с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечением питания детей, воспитывающихся и обучающихся в государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациях,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>детей-сирот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="23"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A0CC35" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000E2666" w:rsidSect="000E2666">
+          <w:pgSz w:w="11930" w:h="16860"/>
+          <w:pgMar w:top="1040" w:right="708" w:bottom="1120" w:left="1417" w:header="0" w:footer="858" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C6BDBC" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1770"/>
+          <w:tab w:val="left" w:pos="2502"/>
+          <w:tab w:val="left" w:pos="4030"/>
+          <w:tab w:val="left" w:pos="5691"/>
+          <w:tab w:val="left" w:pos="7586"/>
+          <w:tab w:val="left" w:pos="9520"/>
+        </w:tabs>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1" w:right="132"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оставшихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>попечения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>родителей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>технического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>профессионального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33699CC8" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="317" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B992BD1" wp14:editId="7E32D421">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4293996</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>183270</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="43180" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="43180" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="43180" h="9525">
+                              <a:moveTo>
+                                <a:pt x="42672" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="42672" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="42672" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="798F266C" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:338.1pt;margin-top:14.45pt;width:3.4pt;height:.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="43180,9525" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvO+xWIQIAALMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06ytGuNOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlhN0pw3zQabMJ+rxkfT6rm81OyqHDZiCL2ZzzpSRUDZmX/Dv28cP&#10;N5yhF6YUGowq+Ekhv9u8f7fubK6WUIMulWMUxGDe2YLX3ts8y1DWqhU4A6sMOStwrfC0dfusdKKj&#10;6K3OlvP5ddaBK60DqRDp68Pg5JsYv6qU9N+qCpVnuuDEzcfVxXUX1myzFvneCVs3cqQh/oFFKxpD&#10;l06hHoQX7OCaP0K1jXSAUPmZhDaDqmqkijlQNov5m2xea2FVzIXEQTvJhP8vrHw+vtoXF6ijfQL5&#10;E0mRrLOYT56wwRHTV64NWCLO+qjiaVJR9Z5J+rj6uLghqSV5bq+WV0HiTOTppDyg/6IgRhHHJ/RD&#10;BcpkiTpZsjfJdFTHUEEdK+g5owo6zqiCu6GCVvhwLlALJusmGvXIIrhaOKotRJAP9FfL609LzlIK&#10;xPKM0OYSSflcoJIvvW2MNmBuF6vVmHJyp/cAO1/6F9DYqMQvhZIaUA3ChnyjwpMGhLtUGUE35WOj&#10;dUgc3X53rx07ijAQ8RnZXsBi/YeSh+LvoDy9ONbRlBQcfx2EU5zpr4baMIxUMlwydslwXt9DHLyo&#10;uUO/7X8IZ5kls+CeOuYZUpOLPLUD8Q+AARtOGvh88FA1oVcit4HRuKHJiPmPUxxG73IfUed/zeY3&#10;AAAA//8DAFBLAwQUAAYACAAAACEA4I8PdOAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7D&#10;MBBF90jcwRokNog6pOCGkElVgQCpYkPLAZxkSELicWS7bbg9ZgXL0Tz9/36xns0ojuR8bxnhZpGA&#10;IK5t03OL8LF/vs5A+KC50aNlQvgmD+vy/KzQeWNP/E7HXWhFDGGfa4QuhCmX0tcdGe0XdiKOv0/r&#10;jA7xdK1snD7FcDPKNEmUNLrn2NDpiR47qofdwSAMr/LlavPEw/arWt317k1t271CvLyYNw8gAs3h&#10;D4Zf/agOZXSq7IEbL0YEtVJpRBHS7B5EBFS2jOMqhGVyC7Is5P8F5Q8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEArzvsViECAACzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA4I8PdOAAAAAJAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m42672,l,,,9144r42672,l42672,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1800017766</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="75B06E92" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2473"/>
+          <w:tab w:val="left" w:pos="3640"/>
+          <w:tab w:val="left" w:pos="7879"/>
+          <w:tab w:val="left" w:pos="9519"/>
+        </w:tabs>
+        <w:ind w:left="1" w:right="142" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Cанитарные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Санитарно-эпидемиологические</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объектам общественного питания»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8ECB4B" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709" w:right="3338"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2300032368</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>звания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Лучший</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог» </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020472</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Номенклатура</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>видов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1300008390</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5D19BBDC" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила назначения на должности, освобождения от должностей первых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F48C8EE" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId36">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1200007495</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="66511C6A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>условия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BBF310" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709" w:right="4382"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId37">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-6"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V1600013317</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">переподготовки </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-6"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020147</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="55687D82" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="136" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила разработки, согласования и утверждения образовательных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>курсов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A3D61F" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709" w:right="3338"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId39">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020567</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оценки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200031053</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C5A1A56" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1967"/>
+          <w:tab w:val="left" w:pos="3519"/>
+          <w:tab w:val="left" w:pos="5188"/>
+          <w:tab w:val="left" w:pos="6247"/>
+          <w:tab w:val="left" w:pos="7656"/>
+        </w:tabs>
+        <w:ind w:left="1" w:right="135" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исчисления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заработной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>платы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B11C1F" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId41">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2000020622</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1090CB06" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3785"/>
+          <w:tab w:val="left" w:pos="7919"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1" w:right="135" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предметов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>веществ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>запрещенных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вносу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территорию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC95F07" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="317" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId42">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V2100022857</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="514F4BB6" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="134" w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовые правила организации деятельности педагогического совета и порядок его избрания в организациях дошкольного воспитания и обучения, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>начального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A18597C" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId43">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>https://adilet.zan.kz/rus/docs/V080005229_</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="432DD81E" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="1" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отраслевая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>система</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поощрения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>просвещения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C8CA38" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="318" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
       <w:hyperlink r:id="rId44">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V2400034309</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V2400034309</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56F7C214" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...2 lines deleted...]
-        <w:ind w:left="427" w:right="146" w:firstLine="707"/>
+    <w:p w14:paraId="42029F95" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="132" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>«Білім беру саласындағы ақпараттандыру объектілерін ұйымдастыру және олардың жұмыс істеу қағидаларын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2011 жылғы</w:t>
-[...34 lines deleted...]
-          <w:spacing w:val="20"/>
+        <w:t xml:space="preserve">О внесении изменений в приказ исполняющего обязанности Министра образования и науки Республики Казахстан от 1 декабря 2011 года № 503 «Об </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждении Правил организации и функционирования объектов информатизации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>внесении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изменений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>просвещения Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="18"/>
-[...81 lines deleted...]
-          <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>және</w:t>
-[...21 lines deleted...]
-          <w:spacing w:val="64"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утверждении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правил </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирования, сопровождения, системно-технического обслуживания, интеграции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="48"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жүйелік-техникалық</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="64"/>
+        <w:t>обеспечения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="50"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қызмет</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="65"/>
+        <w:t>информационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="50"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>көрсету,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="64"/>
+        <w:t>безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="50"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>интеграция</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="65"/>
+        <w:t>информационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="51"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="-4"/>
-[...241 lines deleted...]
-    <w:p w14:paraId="651F5B59" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>системы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B0FDC7" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:right="4389"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Национальная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образовательная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>база</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1604B5A7" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="4450"/>
+        <w:jc w:val="right"/>
       </w:pPr>
       <w:hyperlink r:id="rId45">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V2300033147</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V2300033147</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F0041DD" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...1 lines deleted...]
-        <w:ind w:left="427" w:right="147" w:firstLine="707"/>
+    <w:p w14:paraId="4DB992F8" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1962"/>
+          <w:tab w:val="left" w:pos="3630"/>
+          <w:tab w:val="left" w:pos="5987"/>
+          <w:tab w:val="left" w:pos="8358"/>
+          <w:tab w:val="left" w:pos="9383"/>
+        </w:tabs>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>размещения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образовательного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634822FC" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000E2666" w:rsidSect="000E2666">
+          <w:pgSz w:w="11930" w:h="16860"/>
+          <w:pgMar w:top="1040" w:right="708" w:bottom="1120" w:left="1417" w:header="0" w:footer="858" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61731727" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1" w:right="133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="47EBC800" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>подготовку кадров с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">техническим и профессиональным, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесредним</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образованием </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с учетом потребностей рынка труда, а также на дошкольное воспитание и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучение,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>среднее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174C2BCE" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:spacing w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId46">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V2200029323</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200029323</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B6486A3" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...1 lines deleted...]
-        <w:ind w:left="427" w:right="147" w:firstLine="707"/>
+    <w:p w14:paraId="6039423E" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="132" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила организации и функционирования объектов информатизации в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мектепке</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-8"/>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>дейінгі,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>дошкольного,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>орта,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>техникалық</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-8"/>
+        <w:t>технического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>және</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кәсіптік,</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>профессионального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>орта</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білімнен</w:t>
-[...113 lines deleted...]
-    <w:p w14:paraId="1A8DDE81" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования, дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAF3E83" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:spacing w:before="1" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId47">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V1100007363</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V1100007363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F9DB2AF" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...1 lines deleted...]
-        <w:ind w:left="427" w:right="146" w:firstLine="707"/>
+    <w:p w14:paraId="50FDCFFA" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="132" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="-4"/>
-[...152 lines deleted...]
-        <w:t>жүргізу</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила проведения ротации первых руководителей государственных организаций дошкольного, среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6FDCC9C6" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34207FFD" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="321" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId48">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V2100025128</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V2100025128</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0435A7D8" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...1 lines deleted...]
-        <w:ind w:left="427" w:right="145" w:firstLine="707"/>
+    <w:p w14:paraId="5DDAE267" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="131" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...109 lines deleted...]
-    <w:p w14:paraId="1974C723" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила подушевого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нормативного финансирования дошкольного воспитания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и обучения, среднего образования, а также технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учетом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кредитной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>технологии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312C6CED" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:before="1" w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId49">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V1700016138</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V1700016138</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30085000" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...1 lines deleted...]
-        <w:ind w:left="427" w:right="148" w:firstLine="707"/>
+    <w:p w14:paraId="105B7BF8" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="1" w:right="131" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі тәрбие мен оқытудың, орта білім берудің, сондай-ақ кредиттік</w:t>
-      </w:r>
+        <w:t>Методика подушевого нормативного финансирования дошкольного воспитания и обучения, среднего образования, а также технического и профессионального,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>оқыту</w:t>
+        <w:t>образования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>технологиясын</w:t>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>учетом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ескере</w:t>
+        <w:t>кредитной</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>отырып,</w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="49F1D203" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+        <w:t xml:space="preserve">технологии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AF9198" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
-        <w:spacing w:line="322" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:spacing w:before="1" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId50">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V1700016137</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V1700016137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D1297E7" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
-[...100 lines deleted...]
-        <w:t>оны</w:t>
+    <w:p w14:paraId="0A71260D" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1907"/>
+          <w:tab w:val="left" w:pos="3040"/>
+          <w:tab w:val="left" w:pos="4912"/>
+          <w:tab w:val="left" w:pos="6895"/>
+        </w:tabs>
+        <w:ind w:left="1" w:right="136" w:firstLine="707"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>методического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(учебно-методического, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>научно-методического)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совета</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-        <w:t>тәртібінің</w:t>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-        <w:ind w:left="1135" w:right="4103"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>избрания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CD6C2F" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
+      <w:pPr>
+        <w:ind w:left="709" w:right="4444"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId51">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-6"/>
             <w:sz w:val="28"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V070005090_</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V070005090_</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Өрт</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">қағидалары </w:t>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пожарной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">безопасности </w:t>
       </w:r>
       <w:hyperlink r:id="rId52">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-6"/>
             <w:sz w:val="28"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V2200026867</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200026867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E002451" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+    <w:p w14:paraId="30BC080A" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:spacing w:before="1"/>
-        <w:ind w:left="427" w:right="143" w:firstLine="707"/>
+        <w:ind w:left="1" w:right="133" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...14 lines deleted...]
-        <w:t>Республикасының</w:t>
+        <w:t xml:space="preserve">Инструкция по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области образования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>білім</w:t>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="28"/>
-[...105 lines deleted...]
-    <w:p w14:paraId="667E30E2" w14:textId="77777777" w:rsidR="004D0159" w:rsidRDefault="004D0159" w:rsidP="004D0159">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388D2D9E" w14:textId="77777777" w:rsidR="000E2666" w:rsidRDefault="000E2666" w:rsidP="000E2666">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="321" w:lineRule="exact"/>
-        <w:ind w:left="1135"/>
+        <w:ind w:left="709"/>
       </w:pPr>
       <w:hyperlink r:id="rId53">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://adilet.zan.kz/kaz/docs/V2200027414</w:t>
+          <w:t>https://adilet.zan.kz/rus/docs/V2200027414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C1DEA5D" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRDefault="00056B3D"/>
+    <w:p w14:paraId="51B6274B" w14:textId="77777777" w:rsidR="00056B3D" w:rsidRDefault="00056B3D"/>
     <w:sectPr w:rsidR="00056B3D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -8721,87 +7438,87 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B44E7A"/>
+    <w:rsidRoot w:val="000D42E4"/>
     <w:rsid w:val="00056B3D"/>
+    <w:rsid w:val="000D42E4"/>
+    <w:rsid w:val="000E2666"/>
     <w:rsid w:val="000F36DF"/>
     <w:rsid w:val="00424FA5"/>
-    <w:rsid w:val="004D0159"/>
     <w:rsid w:val="00621385"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="00A447F8"/>
-    <w:rsid w:val="00B44E7A"/>
     <w:rsid w:val="00D9542B"/>
     <w:rsid w:val="00E635D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4F6EE1BB-DA1C-4E51-B26B-6600E0FBD636}"/>
+  <w15:docId w15:val="{DC8C44E4-D520-49BF-9927-70EC9D27684F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -9161,712 +7878,712 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004D0159"/>
+    <w:rsid w:val="000E2666"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:lang w:val="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="160" w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:val="ru-KZ"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00B44E7A"/>
+    <w:rsid w:val="000D42E4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D0159"/>
+    <w:rsid w:val="000E2666"/>
     <w:pPr>
-      <w:ind w:left="427"/>
+      <w:ind w:left="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="004D0159"/>
+    <w:rsid w:val="000E2666"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:lang w:val="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2100000137" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100023469" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020619" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020567" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V090005750_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020472" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100022857" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1100007363" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1700016137" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021832" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200029329" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020317" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300032368" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020147" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200029323" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600014235" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600013227" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026618" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020622" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1500010194" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020708" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017766" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600013317" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200031053" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300033147" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200027414" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200008275" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1900018239" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1700016138" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/P2300000249" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300033166" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017948" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2400034309" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026867" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200029031" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600013272" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1700015584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026513" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1300008390" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V080005229_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025128" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000306_" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V070005090_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2100000137" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2100023469" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020619" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020567" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V090005750_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020472" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2100022857" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1100007363" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1700016137" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021832" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200029329" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020317" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032368" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020147" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200029323" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600014235" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013227" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026618" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020622" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1500010194" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020708" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1800017766" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013317" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200031053" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300033147" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027414" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200008275" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1900018239" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1700016138" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P2300000249" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300033166" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1800017948" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2400034309" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026867" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200029031" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013272" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1700015584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026513" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1300008390" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V080005229_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2100025128" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000306_" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V070005090_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10125,54 +8842,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1775</Words>
-  <Characters>10121</Characters>
+  <Words>1733</Words>
+  <Characters>9879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
+  <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11873</CharactersWithSpaces>
+  <CharactersWithSpaces>11589</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>