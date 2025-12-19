--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -2,10409 +2,24698 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001E5831" w:rsidRDefault="001E5831" w:rsidP="001E5831">
+    <w:p w:rsidR="00CE5731" w:rsidRPr="00B80E99" w:rsidRDefault="00CE5731" w:rsidP="00CE5731">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...111 lines deleted...]
-      <w:r w:rsidR="00385CF8">
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">русским </w:t>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C73522" w:rsidRPr="00B00AEE" w:rsidRDefault="00C73522" w:rsidP="00C73522">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М.Әлімбаев атындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C73522" w:rsidRDefault="00E30A3C" w:rsidP="00C73522">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">языком </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">обучения </w:t>
+        <w:t xml:space="preserve">Орыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00C73522" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тілде оқытатын бастауыш сынып мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73522">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73522" w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A860CE" w:rsidRPr="00E76B29" w:rsidRDefault="00A860CE" w:rsidP="00E76B29">
+    <w:p w:rsidR="0044336F" w:rsidRDefault="00C73522" w:rsidP="005C7710">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="005C7710" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00C1099D" w:rsidRDefault="00DF7B58" w:rsidP="003D5ADF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00704E3C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C1099D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00C1099D">
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00D065C9" w:rsidRPr="00D065C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Әлімбаев атындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D065C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C1099D">
+              <w:t xml:space="preserve">жалпы орта білім беру мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003D5ADF" w:rsidRPr="00C1099D">
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">имени М.Алимбаева </w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B56337" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00B56337">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>пошта мекенжайының орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003D5ADF" w:rsidRDefault="003D5ADF" w:rsidP="003D5ADF">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00D065C9" w:rsidP="00B56337">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D5ADF">
+            <w:r w:rsidRPr="00F460C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003D5ADF">
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, П.Васильева</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003D5ADF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F460C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-              <w:t xml:space="preserve">, строение №17/2 </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B56337" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="003D5ADF" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00D065C9" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F460C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 22</w:t>
-[...35 lines deleted...]
-              <w:t>99</w:t>
+              <w:t>8 (7182) 22-55-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D5ADF" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00D065C9" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="003D5ADF" w:rsidP="003D5ADF">
+          <w:p w:rsidR="00A351FE" w:rsidRPr="00B3089F" w:rsidRDefault="00D065C9" w:rsidP="00321427">
             <w:pPr>
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D5ADF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F460C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-              <w:t>alimbaeva@goo.edu.kz</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>alimbaeva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="005C7710" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00C4160E">
+          <w:p w:rsidR="00D065C9" w:rsidRPr="007C3C91" w:rsidRDefault="00037146" w:rsidP="00D065C9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A3479B">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">учитель </w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:r w:rsidR="007E5374">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>русским</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0044336F" w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-                <w:bCs/>
+              <w:t>тілде оқытатын бастауыш сынып мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00D065C9" w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0D40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="000B0B3D">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="000C38AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D065C9" w:rsidRPr="007C3C91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ча</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008B3237" w:rsidRPr="00A3479B">
+              <w:t>сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00AF1E41">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...10 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="005C7710" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00385CF8">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z1883"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; </w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z1884"/>
-[...50 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z1885"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z1886"/>
-[...67 lines deleted...]
-              <w:t xml:space="preserve"> оценивания за четверть; </w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z1887"/>
-[...67 lines deleted...]
-              <w:t xml:space="preserve"> оценивания за четверть с комментариями; </w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z1888"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> заполняет журналы (бумажные или электронные);</w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      журналдарды (қағаз немесе электрондық)толтырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z1889"/>
-[...621 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:r w:rsidRPr="00037146">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> прививает антикоррупционную культуру,</w:t>
+              <w:t xml:space="preserve">      оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="005C7710" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>и квалификационной категорией;</w:t>
+              <w:t>еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="000B0B3D">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="000C38AC">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00425886">
+            <w:r w:rsidRPr="00DC72CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007612FA" w:rsidRPr="00425886">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00DC72CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">от </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00385CF8">
+              <w:t>жоғары білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC72CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000B0B3D">
+              <w:t xml:space="preserve"> (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="000C38AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>26975</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00425886">
+              <w:t>126975</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00DC72CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC72CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00DC72CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="005C7710" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Үміткерге қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44" w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогтердің үлгілік біліктілік сипаттамаларымен бекітілген </w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="z1915"/>
-[...68 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00037146" w:rsidRPr="00037146" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="z1916"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00385CF8" w:rsidRPr="00385CF8" w:rsidRDefault="00385CF8" w:rsidP="00385CF8">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A70C03" w:rsidRDefault="00037146" w:rsidP="00037146">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="z1917"/>
-[...33 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00385CF8" w:rsidRDefault="00E76B29" w:rsidP="00C1099D">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00E52D94" w:rsidRDefault="005C7710" w:rsidP="007F5A19">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00385CF8">
+              <w:t>14.04 -  23.04</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00E30A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...122 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>.25 ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="005C7710" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="z180"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-қосымшаға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z169"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="z181"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="2" w:name="z170"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="27" w:name="z182"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="3" w:name="z171"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="28" w:name="z183"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="4" w:name="z172"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="z184"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ДСМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="30" w:name="z185"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="5" w:name="z174"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="31" w:name="z186"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="6" w:name="z175"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="z187"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="7" w:name="z176"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="z188"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="8" w:name="z177"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Celta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Delta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>интернетке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>негізделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тест</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IWT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>керек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00126CE2" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="z189"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="9" w:name="z178"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...243 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00126CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="35" w:name="z190"/>
-[...33 lines deleted...]
-              <w:t>образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) 11-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00DF533F">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="36" w:name="z191"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="10" w:name="z180"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тәжірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 720 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 480.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00037146" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00657484">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="0044336F" w:rsidP="00704E3C">
             <w:pPr>
-              <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00C73522" w:rsidRPr="00BA4B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00FC5F6A" w:rsidRDefault="00C4160E" w:rsidP="00A3479B">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007F5A19" w:rsidRDefault="00924EAA" w:rsidP="00037146">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="11" w:name="_Hlk110257937"/>
+            <w:r w:rsidRPr="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>На постоянной основе</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidR="00037146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F">
-[...2107 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6129"/>
-        <w:gridCol w:w="3936"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="002552D7">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="5664" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="00C4160E">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...99 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="002552D7">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="5664" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орган</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т. А. Ә, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>телефоны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="z364"/>
-      <w:r w:rsidRPr="002A2141">
+      <w:bookmarkStart w:id="12" w:name="z207"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A2141">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002A2141">
+      </w:pPr>
+      <w:r w:rsidRPr="000D2160">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A2141">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Мені</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A2141">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t xml:space="preserve"> _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазіргі кезде __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10532" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="751"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="3161"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="38"/>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>Критерии</w:t>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="977"/>
+              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20" w:right="2037"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...47 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>іктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1460"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіпкерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>субъектілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Осы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>атқаратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C705B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>: ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="0010761F" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010761F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010761F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен келісемін ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="003C705B" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"____"______________20___жыл __________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C705B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00790B31" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6164"/>
+        <w:gridCol w:w="3901"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z234"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2160">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кандидаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медалінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жарияланымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БССҚК, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) = 5 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4011" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6154"/>
+        <w:gridCol w:w="3911"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="00E30A3C" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z236"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="3260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...36 lines deleted...]
-              <w:t>Баллы кандидата</w:t>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...26 lines deleted...]
-              <w:t>образования</w:t>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...47 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...26 lines deleted...]
-              <w:t>степень</w:t>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>-доктор = 10 баллов</w:t>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Доктор наук = 10 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...72 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кандидаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 % - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-80 % - 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-100% – 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...44 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>практика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...46 lines deleted...]
-              <w:t>документ</w:t>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"3" – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"4" – 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...101 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"5" – 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...65 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...89 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жарияланымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>интернет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...46 lines deleted...]
-              <w:t>достижений</w:t>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...73 lines deleted...]
-              <w:t>награда</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...191 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="005C7710" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...58 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...82 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoftта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...101 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әрқайсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бөлек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidTr="007770FB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
-[...1422 lines deleted...]
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="4011" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D2160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00E30A3C" w:rsidRPr="000D2160" w:rsidRDefault="00E30A3C" w:rsidP="007770FB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...21 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+    <w:p w:rsidR="00E30A3C" w:rsidRPr="001B695E" w:rsidRDefault="00E30A3C" w:rsidP="00E30A3C">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00E30A3C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="002A2141" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="00437A2D" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11116,728 +25405,762 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037146"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
-    <w:rsid w:val="000B0B3D"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B2B5D"/>
+    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C38AC"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
-    <w:rsid w:val="000E3390"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00126CE2"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E5831"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="0023504A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
-    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="0025728D"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
-    <w:rsid w:val="00385CF8"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D0D40"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
-    <w:rsid w:val="003D5ADF"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E1C9D"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00425886"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="0044336F"/>
+    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
-    <w:rsid w:val="004C087F"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
-    <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
+    <w:rsid w:val="005C7710"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="00657484"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00682985"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00700ADC"/>
+    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00711467"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
-    <w:rsid w:val="00772578"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3856"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007D36EC"/>
     <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D7AD9"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007E5374"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F5A19"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A18FB"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="009729E6"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F12D5"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A206B1"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A3479B"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A63866"/>
+    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A860CE"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1E41"/>
+    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B21C01"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
-    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B760F5"/>
+    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C1099D"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C4160E"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
+    <w:rsid w:val="00C73522"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C82EF9"/>
+    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC17EB"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CE5731"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D065C9"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC72CA"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
-    <w:rsid w:val="00E1572D"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E30A3C"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
-    <w:rsid w:val="00E76B29"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB7C4D"/>
-    <w:rsid w:val="00EC4243"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -12132,64 +26455,55 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -12455,98 +26769,167 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="82916394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="171575267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="509415155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1043142082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1446004979">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -12818,78 +27201,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B06853BC-7B0B-4CB6-A5D8-8FEEF114CDB7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2E6A0BC-0E9F-4DF5-AE37-126952A85F01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2409</Words>
-  <Characters>13734</Characters>
+  <Words>2141</Words>
+  <Characters>12204</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16111</CharactersWithSpaces>
+  <CharactersWithSpaces>14317</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>