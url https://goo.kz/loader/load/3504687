--- v0 (2025-12-08)
+++ v1 (2025-12-20)
@@ -1,3296 +1,1383 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000B08CD" w:rsidRDefault="003B2574" w:rsidP="003B2574">
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00D3649F" w:rsidP="00124F76">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>38</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1009">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Б</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42BB9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының № </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C2776">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
         <w:rPr>
           <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D43BE" w:rsidRPr="00124F76" w:rsidRDefault="006D43BE" w:rsidP="00124F76">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00BE1F5A" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>07.04.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D43BE" w:rsidRDefault="00D3649F" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>38</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve"> города Павлодара»  г.</w:t>
+      </w:r>
+      <w:r w:rsidR="0088147E">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәбилер бақшасы» КМҚК</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақ </w:t>
-[...45 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>Лермонтова</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нің</w:t>
-[...114 lines deleted...]
-      </w:pPr>
+        <w:t>46/1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00751A3B" w:rsidRDefault="00AF2B4A" w:rsidP="006D43BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>07.04.2025</w:t>
-[...10 lines deleted...]
-        <w:t>«</w:t>
+        <w:t>62-91-44</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
-        <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B2574">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 8(7812) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаласының № </w:t>
-[...52 lines deleted...]
-      <w:r w:rsidR="005C2776">
         <w:t>32-39-18</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t>.п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t>очта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="005C2776">
+      <w:r w:rsidR="00751A3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidR="008E7BA5" w:rsidRPr="008E7BA5">
+      <w:r w:rsidR="00751A3B">
         <w:t>38@</w:t>
       </w:r>
-      <w:r w:rsidR="008E7BA5">
+      <w:r w:rsidR="00751A3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="008E7BA5" w:rsidRPr="008E7BA5">
+      <w:r w:rsidR="00751A3B">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008E7BA5">
+      <w:r w:rsidR="00751A3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008E7BA5" w:rsidRPr="008E7BA5">
+      <w:r w:rsidR="00751A3B">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008E7BA5">
+      <w:r w:rsidR="00751A3B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="003B2574" w:rsidP="001C64E9">
-[...14 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t>с казахским и русским языком обучения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Реализует</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B2574">
-        <w:t>Қазақстан</w:t>
+      <w:r>
+        <w:t>здоровьесберегающие</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z67" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D6702" w:rsidRPr="00050CB6" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>среднее-специальное образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 92695–103618 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001D6702" w:rsidRPr="008F5FA7" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>высшее образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 98024–116872 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальны</w:t>
+      </w:r>
+      <w:r w:rsidR="006D43BE">
+        <w:t>х сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>и осуществляет КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D3649F">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:t>38</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:t>улица Лермонтова, 46/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27268" w:rsidRPr="00A37F81" w:rsidRDefault="0088147E" w:rsidP="00F27268">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Срок  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27268" w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности воспитателя </w:t>
+      </w:r>
+      <w:r w:rsidR="00560A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>07.04.2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00954C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00560A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16.04.2025</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00F27268" w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27268">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B2574">
-        <w:t>Республикасында</w:t>
+      <w:r>
+        <w:t>Услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r>
+        <w:t>лучаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B2574">
-        <w:t>мектепке</w:t>
+      <w:r>
+        <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003B2574">
+      <w:r>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00A17CED" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-      <w:r w:rsidR="003B2574">
+      <w:r>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...1945 lines deleted...]
-      <w:r w:rsidR="003D06EF" w:rsidRPr="00E07CC9">
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>62-91-44</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, 8 (7182) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2B4A">
+        <w:t>32-39-18</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED" w:rsidRPr="00A17CED">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED" w:rsidRPr="00A17CED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...56 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A17CED">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED">
+        <w:t>38@</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...383 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A17CED">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17CED">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...112 lines deleted...]
-    <w:sectPr w:rsidR="001C64E9" w:rsidRPr="006165CE" w:rsidSect="00D3649F">
+      <w:r w:rsidR="00A17CED">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00A17CED" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...95 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
-    <w:rsid w:val="00001383"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000B08CD"/>
     <w:rsid w:val="000C4DB4"/>
+    <w:rsid w:val="001105EA"/>
     <w:rsid w:val="00124F76"/>
-    <w:rsid w:val="001C1562"/>
     <w:rsid w:val="001C64E9"/>
-    <w:rsid w:val="002B4C4C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004D243B"/>
+    <w:rsid w:val="001D6702"/>
+    <w:rsid w:val="00346944"/>
+    <w:rsid w:val="00356290"/>
+    <w:rsid w:val="00391982"/>
+    <w:rsid w:val="003D10F9"/>
+    <w:rsid w:val="003F1009"/>
+    <w:rsid w:val="00420273"/>
+    <w:rsid w:val="0047472C"/>
+    <w:rsid w:val="00560A09"/>
     <w:rsid w:val="0058192E"/>
-    <w:rsid w:val="005C2776"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0072137E"/>
+    <w:rsid w:val="006D43BE"/>
+    <w:rsid w:val="00733A30"/>
+    <w:rsid w:val="00751A3B"/>
     <w:rsid w:val="007F60A1"/>
-    <w:rsid w:val="00823D0B"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00BC2963"/>
+    <w:rsid w:val="0088147E"/>
+    <w:rsid w:val="0088253E"/>
+    <w:rsid w:val="008A23B8"/>
+    <w:rsid w:val="0093678B"/>
+    <w:rsid w:val="00954C8B"/>
+    <w:rsid w:val="009B301C"/>
+    <w:rsid w:val="009C4644"/>
+    <w:rsid w:val="009E5930"/>
+    <w:rsid w:val="00A120DA"/>
+    <w:rsid w:val="00A17CED"/>
+    <w:rsid w:val="00AF2B4A"/>
+    <w:rsid w:val="00B42BB9"/>
+    <w:rsid w:val="00BE1F5A"/>
+    <w:rsid w:val="00C05210"/>
+    <w:rsid w:val="00C42B81"/>
+    <w:rsid w:val="00CA24FF"/>
     <w:rsid w:val="00D3649F"/>
-    <w:rsid w:val="00D66E12"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F35623"/>
+    <w:rsid w:val="00DF3A45"/>
+    <w:rsid w:val="00E14E1C"/>
+    <w:rsid w:val="00F27268"/>
+    <w:rsid w:val="00F63385"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3499,50 +1586,70 @@
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="001D6702"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F27268"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -3730,51 +1837,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4021,85 +2128,85 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E6FC1D2-335A-4155-90A2-D3989124DCFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D32ED85E-ED65-4F11-928C-C559CB090646}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1030</Words>
-  <Characters>5876</Characters>
+  <Words>1157</Words>
+  <Characters>6597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6893</CharactersWithSpaces>
+  <CharactersWithSpaces>7739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>