--- v0 (2025-12-07)
+++ v1 (2026-02-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b214946" w14:textId="b214946">
+    <w:p w14:paraId="e31af36" w14:textId="e31af36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,710 +76,733 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Орта білім беру ұйымдарында 2024-2025 оқу жылының басталу және аяқталу мерзімдерін, сондай-ақ білім алушыларды қорытынды аттестаттаудан өткізу мерзімдерін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об определении сроков начала и завершения 2024-2025 учебного года, а также сроков проведения итоговой аттестации обучающихся в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра просвещения Республики Казахстан от 10 июля 2024 года № 174. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 июля 2024 года № 34720</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Бастауыш, негізгі орта, жалпы орта білім берудің мемлекеттік жалпыға міндетті стандарттарына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29031 болып тіркелген) сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 38)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" и Государственными общеобязательными стандартами начального, основного среднего и общего среднего образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 3 августа 2022 года № 348 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 29031), ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Определить следующие сроки начала и завершения 2024-2025 учебного года в организациях среднего образования независимо от форм собственности и ведомственной подчиненности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...15 lines deleted...]
-      1. Меншік нысанына және ведомстволық бағыныстылығына қарамастан орта білім беру ұйымдарында 2024-2025 оқу жылының басталуы мен аяқталуының мынадай мерзімдері айқындалсын:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 сентября 2024 года – 25 мая 2025 года включительно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2024 жылғы 1 қыркүйек – 2025 жылғы 25 мамырды қоса алғанда:</w:t>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжительность четвертей и каникул в течение учебного года в 1–11 (12) классах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1-11 (12) сыныптарда оқу жылы ішінде тоқсандардың және демалыстардың ұзақтығы:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 четверть – 8 учебных недель, осенние каникулы – 7 календарных дней (с 28 октября по 3 ноября 2024 года включительно);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1-тоқсан – 8 оқу аптасы, күзгі демалыс – күнтізбелік 7 күн (2024 жылғы 28 қазаннан бастап 3 қарашаны қоса алғанда);</w:t>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 четверть – 8 учебных недель, зимние каникулы – 10 календарных дней (с 30 декабря 2024 года по 8 января 2025 года включительно);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      2-тоқсан – 8 оқу аптасы, қысқы демалыс – күнтізбелік 10 күн (2024 жылғы 30 желтоқсаннан бастап 2025 жылғы 8 қаңтарды қоса алғанда);</w:t>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 четверть – 10 учебных недель, весенние каникулы – 11 календарных дней (с 21 по 31 марта 2025 года включительно);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      3-тоқсан – 10 оқу аптасы, көктемгі демалыс – күнтізбелік 11 күн (2025 жылғы 21-31 наурызды қоса алғанда);</w:t>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в 1 классах дополнительные каникулы – 7 календарных дней (с 10 по 16 февраля 2025 года включительно);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      1-сыныптарда қосымша демалыс – күнтізбелік 7 күн (2025 жылғы 10-16 ақпанды қоса алғанда).</w:t>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4 четверть – 8 учебных недель.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      4-тоқсан – 8 оқу аптасы.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Утвердить следующие сроки итоговой аттестации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      2. Қорытынды аттестаттаудың мынадай мерзімдері бекітілсін:</w:t>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 9 (10) классов итоговые выпускные экзамены – с 29 мая по 9 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...15 lines deleted...]
-      9 (10)-сынып оқушылары үшін қорытынды бітіру емтихандары – 2025 жылғы 29 мамырдан бастап 9 маусым аралығында;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 11 (12) классов государственные выпускные экзамены – с 30 мая по 13 июня 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...15 lines deleted...]
-      11 (12)-сынып оқушылары үшін мемлекеттік бітіру емтихандары – 2025 жылғы 30 мамырдан бастап 13 маусым аралығында.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Утвердить следующие сроки проведения итоговой аттестации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
-[...15 lines deleted...]
-      3. Қорытынды аттестаттауды өткізудің мынадай мерзімдері бекітілсін:</w:t>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 9 (10) классов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
-[...15 lines deleted...]
-      9 (10)-сынып оқушылары үшін:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) письменный экзамен по математике (алгебре) – 29 мая 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
-[...15 lines deleted...]
-      1) математика (алгебра) бойынша жазбаша емтихан – 2025 жылғы 29 мамыр;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) письменный экзамен по казахскому языку/русскому языку и родному языку для школ с уйгурским/таджикским/узбекским языком обучения (язык обучения) в форме эссе, для обучающихся школ с углубленным изучением предметов гуманитарного цикла – письменной работы (статья, рассказ, эссе) – – 2 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
-[...15 lines deleted...]
-      2) қазақ тілі/орыс тілі және ұйғыр/тәжік/өзбек тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп білім алушылары үшін - жазбаша жұмыс (мақала, әңгіме, эссе) – 2025 жылғы 2 маусым;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика) – 5 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
-[...15 lines deleted...]
-      3) таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика) – 2025 жылғы 5 маусым;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) письменный экзамен по казахскому языку и литературе в классах с русским/узбекским/уйгурским/таджикским языком обучения и письменный экзамен по русскому языку и литературе в классах с казахским языком обучения – 10 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
-[...15 lines deleted...]
-      4) орыс/өзбек/ұйғыр/тәжік тілінде оқытатын сыныптарда қазақ тілі мен әдебиеті бойынша жазбаша емтихан және қазақ тілінде оқытатын сыныптарда орыс тілі мен әдебиеті бойынша жазбаша емтихан – 2025 жылғы 10 маусым;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для обучающихся 11 (12) классов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
-[...15 lines deleted...]
-      11 (12)-сынып оқушылары үшін:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) устный экзамен по истории Казахстана – 30 мая 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
-[...15 lines deleted...]
-      1) Қазақстан тарихы бойынша ауызша емтихан – 2025 жылғы 30 мамыр;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) письменный экзамен по алгебре и началам анализа – 3 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
-[...15 lines deleted...]
-      2) алгебра және анализ бастамалары бойынша жазбаша емтихан – 2025 жылғы 3 маусым;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) письменный экзамен по казахскому языку/русскому языку и родному языку для школ/классов с уйгурским/таджикским/узбекским языком обучения (язык обучения) – 6 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
-[...15 lines deleted...]
-      3) қазақ тілі/орыс тілі бойынша және ұйғыр/тәжік/өзбек тілінде білім беретін мектептер/сыныптар үшін ана тілі (оқыту тілі) бойынша жазбаша емтихан – 2025 жылғы 6 маусым;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) письменный экзамен по предмету по выбору (физика, химия, биология, география, геометрия, всемирная история, основы права, литература (по языку обучения), иностранный язык (английский/французский/немецкий), информатика) – 12 июня 2025 года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
-[...15 lines deleted...]
-      4) таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, дүниежүзілік тарих, құқық негіздері, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика) – 2025 жылғы 12 маусым;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) письменный экзамен по казахскому языку и литературе в школах/классах с узбекским/уйгурским/таджикским/русским языком обучения и по русскому языку и литературе в школах/классах с казахским языком обучения – 13 июня 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
-[...15 lines deleted...]
-      5) өзбек/ұйғыр/тәжік/орыс тілдерінде оқытатын мектептерде/сыныптарда қазақ тілі мен әдебиетінен және қазақ тілінде оқытатын мектептерде/сыныптарда орыс тілі мен әдебиетінен жазбаша емтихан – 2025 жылғы 13 маусым.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Комитету среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
-[...15 lines deleted...]
-      4. Қазақстан Республикасы Оқу-ағарту министрлігінің Орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
-[...15 lines deleted...]
-      2) осы бұйрықты ресми жариялағаннан кейін Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
-[...15 lines deleted...]
-      3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
-[...15 lines deleted...]
-      5. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официально опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -795,92 +818,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасы</w:t>
+              <w:t>      исполняющий обязанности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу-ағарту министрінің</w:t>
+              <w:t>Министра просвещения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндетін атқарушы</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -941,51 +964,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>