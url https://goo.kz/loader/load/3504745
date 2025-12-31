--- v0 (2025-12-10)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e4e42e4" w14:textId="e4e42e4">
+    <w:p w14:paraId="a8e53d8" w14:textId="a8e53d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1450 +76,1326 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра просвещения Республики Казахстан от 31 октября 2024 года № 321. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 ноября 2024 года № 35324</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      БҰЙЫРАМЫН: </w:t>
-[...20 lines deleted...]
-    </w:p>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 5191) следующие изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 </w:t>
-[...77 lines deleted...]
-    </w:p>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тараудың</w:t>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+        <w:t>заголовок главы 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 2. Порядок проведения текущего контроля успеваемости и промежуточной аттестации обучающихся";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 35-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "35-1. Обучающиеся 5(6) - 8(9), 10(11) классов освобождаются от промежуточной аттестации приказами руководителей организаций образования в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лица с инвалидностью первой, второй группы, в том числе с инвалидностью с детства, дети с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) смерти близких родственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приказы об освобождении обучающихся от промежуточной аттестации издаются на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мынадай мазмұндағы 35-1-тармақпен толықтырылсын: </w:t>
-[...168 lines deleted...]
-    </w:p>
+      1) заключения врачебно-консультационной комиссии согласно форме № 026/у, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (далее – приказ № ҚР ДСМ-175/2020), для категории обучающихся указанных в подпункте 1) и 2) настоящего пункта Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) свидетельства о смерти близких родственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка для обучающихся, освобожденных от промежуточной аттестации, выставляется на основании годовой оценки текущего учебного года.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>44-тармақ</w:t>
-[...85 lines deleted...]
-    </w:p>
+        <w:t>пункт 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "44. Экзаменационные материалы (задания и схемы выставления баллов) для обучающихся 9 (10) класса разрабатывают управления образования областей, городов Астана, Алматы и Шымкент (далее – управления образования), для обучающихся 11 (12) класса организаций среднего образования, а также для 9 (10) и 11 (12) классов республиканских школ разрабатывает республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр тестирования" Министерства науки и высшего образования Республики Казахстан (далее – НЦТ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НЦТ обеспечивает проведение независимой оценки качества содержания разработанных экзаменационных материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НЦТ электронные версии экзаменационных материалов направляет в управления образования и республиканские организации образования с обеспечением их конфиденциальности и сохранности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Содержание итоговой аттестации и ожидаемые результаты регламентируются спецификацией в разрезе каждого предмета и языка обучения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>50</w:t>
-[...143 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t>пункты 50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "50. Обучающиеся 9 (10) и 11 (12) классов освобождаются от итоговой аттестации приказами руководителей управлений образования, обучающиеся республиканских школ – приказом Министра просвещения Республики Казахстан в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лица с инвалидностью первой и второй группы, в том числе с инвалидностью с детства, дети с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участники летних учебно-тренировочных сборов, являющиеся кандидатами в сборную команду Республики Казахстан для участия в международных олимпиадах (соревнованиях);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) смерти близких родственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Приказы об освобождении обучающихся от итоговой аттестации издаются на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы Қағидалардың </w:t>
-[...41 lines deleted...]
-    </w:p>
+      1) заключения врачебно-консультационной комиссии согласно форме № 026/у, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом № ҚР ДСМ-175/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, для категории обучающихся указанных в подпункте 1) и 2) пункта 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выписки из решения педсовета и ходатайства школы для категории обучающихся, указанных в пункте 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы Қағидалардың </w:t>
-[...173 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+      3) подлинников и копий табелей успеваемости обучающихся (далее – табель) в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 6 апреля 2020 года № 130 "Об утверждении Перечня документов, обязательных для ведения педагогами организаций среднего, технического и профессионального, послесреднего образования, и их формы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20317) для категории обучающихся, указанных в пункте 50 настоящих Правил. Подлинники табелей после сверки с его копиями возвращаются администрации школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) свидетельства о смерти близких родственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, указанные в подпунктах 2) и 3) настоящего пункта, заверяются подписью руководителя и печатью школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка для обучающихся, освобожденных от итоговой аттестации, выставляется на основании годовой оценки текущего учебного года.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 51-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "51-1. При карантине, чрезвычайных ситуациях социального, природного и техногенного характера или возникновении иных обстоятельств, не зависящих от действий участников промежуточной и итоговой аттестаций, уполномоченный орган в области образования принимает решение по изменению формы и/или переносу сроков проведения промежуточной, итоговой аттестаций либо их отмене.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>52-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "52. Негізгі орта білім туралы үздік аттестат алған, негізгі, жалпы орта білім беру бағдарламаларына немесе "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымының (бұдан әрі – "НЗМ" ДББҰ) білім беру бағдарламаларына сәйкес 5 (6) - 11 (12) сыныптарда білім алған кезеңінде барлық пәндер бойынша жылдық және қорытынды бағалары "5", 10 (11)-11 (12)-сыныптар аралығында білім алу кезеңінде барлық пәндер бойынша тоқсандық бағалары "5" болған, жалпы орта білім беру аяқталғаннан кейін қорытынды аттестаттаудан "5" бағасына өткен 11 (12) сынып білім алушыларына № 39 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      "52. Обучающимся 11 (12) класса, получившим аттестат с отличием об основном среднем образовании, имеющим в соответствии с учебными программами основного, общего среднего образования или учебными программами автономная организация образования "Назарбаев Интеллектуальные школы" (далее – АОО "НИШ") годовые и итоговые оценки "5" по всем предметам в период учебы с 5 (6) по 11 (12) классы, четвертные оценки "5" по всем предметам в период учебы с 10 (11) по 11 (12) классы, прошедшим итоговую аттестацию по завершении общего среднего образования на оценку "5", выдается аттестат об общем среднем образовании "Алтын белгі" в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом № 39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>53-тармақ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> алып тасталсын;</w:t>
+        <w:t>пункт 53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>73-тармақ</w:t>
-[...207 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+        <w:t>пункт 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "73. Количество и форма тестовых заданий, форма листа ответов для тестирования определяются спецификацией теста в разрезе каждого предмета, профиля и языка обучения. Спецификации итоговой аттестации разрабатываются НЦТ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету среднего образования Министерства просвещения Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1535,75 +1411,109 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполняющий обязанности</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқу-ағарту министрінің міндетін атқарушы </w:t>
+              <w:t>Министра просвещения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1634,333 +1544,348 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Оспан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...242 lines deleted...]
-      қорғау министрлігі </w:t>
+      <w:bookmarkStart w:name="z50" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Агентство по защите</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и развитию конкуренции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z51" w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и высшего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z52" w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z53" w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и социальной защиты населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>