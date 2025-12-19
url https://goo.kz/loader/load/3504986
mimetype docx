--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -10,1601 +10,1681 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">             </w:t>
+        <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         Астана</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                           </w:t>
+        <w:t xml:space="preserve">                             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         город </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="3399FF"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">           город </w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F642E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта білім беру ұйымдарында 2024-2025 оқу жылының басталу және аяқталу мерзімдерін, сондай-ақ білім алушыларды қорытынды аттестаттаудан өткізу мерзімдерін айқындау туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> министрінің м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="3399FF"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">                                                                   </w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>індетін атқарушының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2024 жылғы 10 шiлдедегi № 174 бұйрығына өзгеріс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="3399FF"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізу туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
-[...169 lines deleted...]
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D75CD7">
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:r w:rsidRPr="00032745">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
-[...896 lines deleted...]
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>Комитету среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053532D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Орта білім беру ұйымдарында 2024-2025 оқу жылының басталу және аяқталу мерзімдерін, сондай-ақ білім алушыларды қорытынды аттестаттаудан өткізу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053532D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мерзімдерін айқындау туралы» Қазақстан Республикасы Оқу-ағарту министрінің міндетін атқарушының 2024 жылғы 10 шiлдедегi № 174 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 34720 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:t>государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053532D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кіріспе жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053532D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">««Білім туралы» Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0053532D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18) тармақшасына және Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26B8A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 2022 жылғы 3 тамыздағы № 348 бұйрығымен бекітілген Бастауыш, негізгі орта, жалпы орта білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26B8A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дің мемлекеттік жалпыға міндетті стандарттарына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29031 болып тіркелген) сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91227">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 және 3-тармақтар жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудың мынадай мерзімдері бекітіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 (10)-сынып оқушылары үшін қорытынды бітіру емтихандары – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2025 жылғы 29 мамырдан бастап 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым аралығында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 (12)-сынып оқушылары үшін мемлекеттік бітіру емтихандары – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2025 жылғы 30 мамырдан бастап 16 маусым аралығында.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z14"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестатта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042136B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уды өткізудің мынадай мерзімдері бекітілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB66B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 (10)-сынып оқушылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z15"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">математика (алгебра) бойынша жазбаша емтихан – 2025 жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>29 мамыр;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z16"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азақ тілі/орыс тілі және ұйғыр/тәжік/өзбек тілінде білім беретін мектептер үшін ана тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп білім алушылары үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазбаша жұмыс (мақала, әңгіме, эссе) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 2025 жылғы 2 маусым;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z17"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика) – 2025 жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 маусым;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z18"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс/өзбек/ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йғыр/тәжік тілінде оқытатын сыныптарда қазақ тілі мен әдебиеті бойынша жазбаша емтихан және қазақ тілінде оқытатын сыныптарда орыс тілі мен әдебиеті бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазбаша емтихан – 2025 жылғы 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z19"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>11 (12)-сынып оқушылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z20"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы бойынша ауыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ша емтихан – 2025 жылғы 30 мамыр;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z21"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алгебра және анализ бастамалары бойынша жазбаша емтихан – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2025 жылғы 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z22"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазақ тілі/орыс тілі бойынша және ұйғыр/тәжік/өзбек тілінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектептер/сыныптар үшін ана тілі (оқыту тілі) бойынша жазбаша емтихан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2025 жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z23"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, дүниежүзілік тарих, құқық негіздері, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын/француз/неміс), информатика) – 2025 жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z24"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өзбек/ұйғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ыр/тәжік/орыс тілдерінде оқытатын мектептерде/сыныптарда қазақ тілі мен әдебиетінен және қазақ тілінде оқытатын мектептерде/сыныптарда орыс тілі мен әдебиетінен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазбаша емтихан – 2025 жылғы 16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z25"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту министрлігінің Орта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944235">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z26"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00A45325">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z27"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы бұйрықты ресми жариялағаннан кейін Қазақстан Республикасы Оқу-ағарту министрлігінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z28"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z29"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00A45325">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="8930" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E64D8" w:rsidTr="0038799B">
+      <w:tr w:rsidR="006B5923" w:rsidTr="008858D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+          <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Министр просвещения Республики Казахстан</w:t>
+              <w:t>Қазақстан Республикасы Оқу-ағарту министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8"/>
+          <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+          <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Г. Бейсембаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923"/>
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:r>
         <w:t>Министерство просвещения РК - Директор Гульден Бериковна Акитаева, 10.04.2025 10:26:29, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:r>
-        <w:t>Министерство юстиции РК - Вице-министр юстиции Р</w:t>
+        <w:t>Министерство юстиции РК - Вице-министр юстици</w:t>
       </w:r>
       <w:r>
-        <w:t>еспублики Казахстан Лаура Канатовна Мерсалимова, 22.04.2025 18:41:11, положительный результат проверки ЭЦП</w:t>
+        <w:t>и Республики Казахстан Лаура Канатовна Мерсалимова, 22.04.2025 18:41:11, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
       <w:r>
-        <w:t>Министерство просвещения РК - Министр просвещения Республики Казахстан Г. Бейсембаев, 24.04.2025 09:30:11, положительный резуль</w:t>
+        <w:t>ҚР Оқу-ағарту министрлігі - Қазақстан Республикасы Оқу-ағарту министрі Г. Бейсембаев, 24.04.2025 09:30:11, положительный рез</w:t>
       </w:r>
       <w:r>
-        <w:t>тат проверки ЭЦП</w:t>
+        <w:t>ультат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002E64D8" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="006B5923" w:rsidSect="00642211">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000245F8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="00AB3416" w:rsidRDefault="00AB3416">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000245F8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="00AB3416" w:rsidRDefault="00AB3416">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1642,1697 +1722,1883 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне №  б</w:t>
-[...2 lines deleted...]
-      <w:t>олып енгізілді</w:t>
+      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне №  болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>ИС «ИПГО». Копия электронного документа. Дата  24.04.2025.</w:t>
+      <w:t>ИС «ИПГО». Коп</w:t>
+    </w:r>
+    <w:r>
+      <w:t>ия электронного документа. Дата  24.04.2025.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  24.04.2025.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000245F8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="00AB3416" w:rsidRDefault="00AB3416">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000245F8" w:rsidRDefault="000245F8">
+    <w:p w:rsidR="00AB3416" w:rsidRDefault="00AB3416">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1025" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:542.6pt;height:79.2pt;rotation:315;z-index:-251659264;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ААБ 828118101"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:pgNum/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1026" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:542.6pt;height:79.2pt;rotation:315;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ААБ 828118101"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D74B2D">
+    <w:r w:rsidR="00257ECA">
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="ae"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10751" w:type="dxa"/>
       <w:tblInd w:w="-431" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="426"/>
-      <w:gridCol w:w="3936"/>
+      <w:gridCol w:w="4362"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002E64D8" w:rsidTr="005D1846">
+    <w:tr w:rsidR="006B5923" w:rsidTr="00DC45FB">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4362" w:type="dxa"/>
-          <w:gridSpan w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>Қ</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>АЗАҚСТАН</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="005D1846">
+          <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
-              <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКАСЫ</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>НЫҢ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t>ОҚУ-АҒАРТУ</w:t>
+            <w:t xml:space="preserve">ОҚУ-АҒАРТУ </w:t>
           </w:r>
-          <w:r w:rsidRPr="005D1846">
+          <w:r w:rsidRPr="00DC45FB">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
+            <w:t>МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="76" name="Picture 1"/>
+                <wp:docPr id="74" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="972820" cy="972820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t>ПРОСВЕЩЕНИЯ</w:t>
+            <w:t xml:space="preserve">ПРОСВЕЩЕНИЯ </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="002E64D8" w:rsidTr="005D1846">
+    <w:tr w:rsidR="006B5923" w:rsidTr="00DC45FB">
       <w:trPr>
-        <w:gridBefore w:val="1"/>
-        <w:wBefore w:w="426" w:type="dxa"/>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:tcW w:w="4362" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>БҰЙРЫҚ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
                   <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="column">
-                      <wp:posOffset>-3936365</wp:posOffset>
+                      <wp:posOffset>-3964940</wp:posOffset>
                     </wp:positionH>
                     <wp:positionV relativeFrom="page">
-                      <wp:posOffset>70485</wp:posOffset>
+                      <wp:posOffset>67310</wp:posOffset>
                     </wp:positionV>
                     <wp:extent cx="6411595" cy="0"/>
                     <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
                     <wp:wrapNone/>
-                    <wp:docPr id="77" name="Line 26"/>
+                    <wp:docPr id="75" name="Line 26"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                         <wps:wsp>
                           <wps:cNvCnPr>
                             <a:cxnSpLocks noChangeAspect="1"/>
                           </wps:cNvCnPr>
                           <wps:spPr bwMode="auto">
                             <a:xfrm flipV="1">
                               <a:off x="0" y="0"/>
                               <a:ext cx="6411595" cy="0"/>
                             </a:xfrm>
                             <a:prstGeom prst="line">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="15875">
                               <a:solidFill>
                                 <a:srgbClr val="3399FF"/>
                               </a:solidFill>
                               <a:round/>
                             </a:ln>
                           </wps:spPr>
                           <wps:bodyPr/>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="page">
                       <wp14:pctWidth>0</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="page">
                       <wp14:pctHeight>0</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006">
                 <w:pict>
-                  <v:line id="Line 26" o:spid="_x0000_s1390" style="flip:y;mso-height-percent:0;mso-height-relative:page;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;z-index:251657728" o:bwmode="auto" from="-309.95pt,5.55pt" to="194.9pt,5.55pt" strokecolor="#39f" strokeweight="1.25pt">
+                  <v:line id="Line 26" o:spid="_x0000_s1381" style="flip:y;mso-height-percent:0;mso-height-relative:page;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;z-index:251657728" o:bwmode="auto" from="-312.2pt,5.3pt" to="192.65pt,5.3pt" strokecolor="#39f" strokeweight="1.25pt">
                     <v:stroke joinstyle="round"/>
                     <w10:bordertop type="single" width="10"/>
                     <w10:borderleft type="single" width="10"/>
                     <w10:borderbottom type="single" width="10"/>
                     <w10:borderright type="single" width="10"/>
                   </v:line>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
-        <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+        <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject1027" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:542.6pt;height:79.2pt;rotation:315;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="gray" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:70pt" string="ААБ 828118101"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="000245F8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="00AB3416">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E04401">
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>2025 жылғы 24 сәуірдегі</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0087566C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 82                                                                                              </w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve">    от 24 апреля 2025 года</w:t>
+      <w:t xml:space="preserve">№ 82                       </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E64D8" w:rsidRDefault="002E64D8">
+  <w:p w:rsidR="006B5923" w:rsidRDefault="006B5923">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00056827"/>
+    <w:nsid w:val="1F6A5EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BE94D3B8"/>
-    <w:lvl w:ilvl="0" w:tplc="E862A226">
+    <w:tmpl w:val="AA6695AA"/>
+    <w:lvl w:ilvl="0" w:tplc="1256B0A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="795" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="259AD0E6">
+    <w:lvl w:ilvl="1" w:tplc="9F96A724">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1515" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="BFAE2F08">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8864CADA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2235" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="B056791E">
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B38C7104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2955" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="EDA44E2C">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="14740568">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3675" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="5FB65982">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BEA8D908">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4395" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="4296D51E">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BA1E9BC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5115" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="A06A9AEC">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DE1EB744">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5835" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="F4783B44">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="606C92D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6555" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07FD23AE"/>
+    <w:nsid w:val="1FC036EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="14847B82"/>
-[...202 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="71403D2C">
+    <w:tmpl w:val="D61C9FBA"/>
+    <w:lvl w:ilvl="0" w:tplc="13FE5052">
       <w:start w:val="40"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1720"/>
         </w:tabs>
         <w:ind w:left="1720" w:hanging="1020"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53F6636A">
+    <w:lvl w:ilvl="1" w:tplc="AA4CBCE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1780"/>
         </w:tabs>
         <w:ind w:left="1780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="740ED5E6">
+    <w:lvl w:ilvl="2" w:tplc="C4E86B32">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2500"/>
         </w:tabs>
         <w:ind w:left="2500" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="701EB8F6">
+    <w:lvl w:ilvl="3" w:tplc="C64AA9A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3220"/>
         </w:tabs>
         <w:ind w:left="3220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6C903B20">
+    <w:lvl w:ilvl="4" w:tplc="739472FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3940"/>
         </w:tabs>
         <w:ind w:left="3940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BA04E1F2">
+    <w:lvl w:ilvl="5" w:tplc="1EAAB218">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4660"/>
         </w:tabs>
         <w:ind w:left="4660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C024BCB0">
+    <w:lvl w:ilvl="6" w:tplc="BA2A4E7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5380"/>
         </w:tabs>
         <w:ind w:left="5380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="384E8D0A">
+    <w:lvl w:ilvl="7" w:tplc="98AA1ED8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="640EEEBA">
+    <w:lvl w:ilvl="8" w:tplc="95626CB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="558F0ACB"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="269B3558"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8B90A5B4"/>
+    <w:tmpl w:val="481CA736"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="59880DA0"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="279B1E12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0303622"/>
-    <w:lvl w:ilvl="0" w:tplc="FDC62512">
+    <w:tmpl w:val="B6DC9110"/>
+    <w:lvl w:ilvl="0" w:tplc="A97475B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="977299B2">
+    <w:lvl w:ilvl="1" w:tplc="A26E02DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D1BCB81C">
+    <w:lvl w:ilvl="2" w:tplc="09F8D454">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2505" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88C8FDAA">
+    <w:lvl w:ilvl="3" w:tplc="1BA29BC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FF4C92DE">
+    <w:lvl w:ilvl="4" w:tplc="5C9C5A1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DED66588">
+    <w:lvl w:ilvl="5" w:tplc="0110FB14">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4665" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A5F8CEC8">
+    <w:lvl w:ilvl="6" w:tplc="E8C67952">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61406CBC">
+    <w:lvl w:ilvl="7" w:tplc="B49C4B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CBBEBB82">
+    <w:lvl w:ilvl="8" w:tplc="A8CA00EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FD05DD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4B42638"/>
+    <w:lvl w:ilvl="0" w:tplc="933E3422">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="46BC1BEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7E12FF72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7C766036">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="842E4616">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="357669E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="13A879CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01126EFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F470F268">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50AF1B84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84F63274"/>
+    <w:lvl w:ilvl="0" w:tplc="071AE10A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EF56452C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="15FCB288">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B5120B1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7A42BC1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BF4EB458">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="31D4F8BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F33E463E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2D7AEA12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="78A0779E"/>
+    <w:nsid w:val="58951BAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9286AF42"/>
-    <w:lvl w:ilvl="0" w:tplc="00A8AE62">
+    <w:tmpl w:val="EF3463C6"/>
+    <w:lvl w:ilvl="0" w:tplc="002AC59C">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="79A0535E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A336CC1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A0C8848E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D140FE30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1DB4EA24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2D848A1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3CBEB242">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="061A4BBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63C25FC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1BCEC66"/>
+    <w:lvl w:ilvl="0" w:tplc="C8980C76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5CB05780">
+    <w:lvl w:ilvl="1" w:tplc="67406B18">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62C0F36A">
+    <w:lvl w:ilvl="2" w:tplc="0B5C1EAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3109"/>
         </w:tabs>
         <w:ind w:left="3109" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AE5A615C">
+    <w:lvl w:ilvl="3" w:tplc="03040634">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3829"/>
         </w:tabs>
         <w:ind w:left="3829" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="607E574E">
+    <w:lvl w:ilvl="4" w:tplc="7584BA12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4549"/>
         </w:tabs>
         <w:ind w:left="4549" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B02053E6">
+    <w:lvl w:ilvl="5" w:tplc="D28256A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5269"/>
         </w:tabs>
         <w:ind w:left="5269" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="331E92BE">
+    <w:lvl w:ilvl="6" w:tplc="6A98ABC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5989"/>
         </w:tabs>
         <w:ind w:left="5989" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F4BC902A">
+    <w:lvl w:ilvl="7" w:tplc="2A28CECC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="217CF6E2">
+    <w:lvl w:ilvl="8" w:tplc="10887F36">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E025B7C"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FF02376"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5C64F09C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FA0708C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CCDA64A6"/>
-    <w:lvl w:ilvl="0" w:tplc="8E3C02A8">
+    <w:tmpl w:val="EC16932E"/>
+    <w:lvl w:ilvl="0" w:tplc="CD5AA672">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2A4ACF1A">
+    <w:lvl w:ilvl="1" w:tplc="F5F44E9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C8DAEC18">
+    <w:lvl w:ilvl="2" w:tplc="BB16D0DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D73E2828">
+    <w:lvl w:ilvl="3" w:tplc="20E4151E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F75C345E">
+    <w:lvl w:ilvl="4" w:tplc="9DF41494">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5B9A8A28">
+    <w:lvl w:ilvl="5" w:tplc="D988D60E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C6A2E698">
+    <w:lvl w:ilvl="6" w:tplc="4D5879C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E856EAEC">
+    <w:lvl w:ilvl="7" w:tplc="6E9E009A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="214EF2A2">
+    <w:lvl w:ilvl="8" w:tplc="5FF4AAAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002E64D8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D74B2D"/>
+    <w:rsidRoot w:val="006B5923"/>
+    <w:rsid w:val="00257ECA"/>
+    <w:rsid w:val="006B5923"/>
+    <w:rsid w:val="00AB3416"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{232FBFF2-113C-45DA-8B08-E0272090A2B9}"/>
+  <w15:docId w15:val="{5EEB5D47-0566-436D-AE3B-923E92EAAB65}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3391,51 +3657,51 @@
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4012,199 +4278,214 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val=" Знак4,З,Знак Знак1 Знак Знак,Знак Знак2,Обычный (Web),Обычный (Web)1,Обычный (Web)11,Обычный (веб) Знак Знак,Обычный (веб) Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак,Обычный (веб) Знак Знак1,Обычный (веб) Знак1,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
+  <w:style w:type="character" w:styleId="af">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af">
+  <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
+    <w:link w:val="af2"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
+    <w:link w:val="af1"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Знак_2"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="004B400D"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="Знак_3"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00934587"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val=" Знак4 Знак,З Знак,Знак Знак1 Знак Знак Знак,Знак Знак2 Знак,Обычный (Web) Знак,Обычный (Web)1 Знак,Обычный (Web)11 Знак,Обычный (веб) Знак Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Обычный (веб) Знак Знак Знак Знак Знак"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F642E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="809253203">
+    <w:div w:id="785733947">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1355838385">
+    <w:div w:id="1644888438">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1502040128">
+    <w:div w:id="1842575027">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2029867968">
+    <w:div w:id="2070569760">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
@@ -4481,135 +4762,135 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF">2025-04-08T07:44:00Z</dcterms:created>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-04-08T07:42:00Z</dcterms:created>
   <dc:creator>user</dc:creator>
   <lastModifiedBy>Абдикаримова Асемгуль Берлибековна</lastModifiedBy>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-04-09T06:41:00Z</dcterms:modified>
-  <revision>3</revision>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-04-09T10:26:00Z</dcterms:modified>
+  <revision>4</revision>
   <dc:title>ЌАЗАЌСТАН</dc:title>
 </coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime>0</TotalTime>
+  <TotalTime>2</TotalTime>
   <Pages>2</Pages>
-  <Words>643</Words>
-  <Characters>3670</Characters>
+  <Words>630</Words>
+  <Characters>3591</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4305</CharactersWithSpaces>
+  <CharactersWithSpaces>4213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFAE76A9-02FB-4914-B998-CEDB1930C2E5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83167A8C-446D-42C0-98C5-5D670A67491B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EBA5AB7-88BB-44A2-8597-479C0D0E084F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8DF4DD4-19D5-4998-BC14-23B1C1F3E7CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>720</Words>
-  <Characters>4105</Characters>
+  <Words>706</Words>
+  <Characters>4025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4816</CharactersWithSpaces>
+  <CharactersWithSpaces>4722</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>