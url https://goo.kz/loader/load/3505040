--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -1,108 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483672" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
-  <p:notesMasterIdLst>
-[...1 lines deleted...]
-  </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="274" r:id="rId3"/>
+    <p:sldId id="259" r:id="rId2"/>
+    <p:sldId id="260" r:id="rId3"/>
     <p:sldId id="257" r:id="rId4"/>
     <p:sldId id="258" r:id="rId5"/>
-    <p:sldId id="268" r:id="rId6"/>
-[...2 lines deleted...]
-    <p:sldId id="270" r:id="rId9"/>
+    <p:sldId id="266" r:id="rId6"/>
+    <p:sldId id="267" r:id="rId7"/>
+    <p:sldId id="268" r:id="rId8"/>
+    <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="264" r:id="rId10"/>
-    <p:sldId id="275" r:id="rId11"/>
-[...7 lines deleted...]
-    <p:sldId id="283" r:id="rId19"/>
   </p:sldIdLst>
-  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
+  <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -157,844 +132,109 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-[...10 lines deleted...]
-      </p15:sldGuideLst>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...236 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
-    <p:restoredTop sz="94660"/>
+    <p:restoredTop sz="87674" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr>
+    <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="105" d="100"/>
-          <a:sy n="105" d="100"/>
+          <a:sx n="97" d="100"/>
+          <a:sy n="97" d="100"/>
         </p:scale>
-        <p:origin x="1716" y="114"/>
+        <p:origin x="996" y="90"/>
       </p:cViewPr>
-      <p:guideLst>
-[...2 lines deleted...]
-      </p:guideLst>
+      <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="100" d="100"/>
-        <a:sy n="100" d="100"/>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
-[...466 lines deleted...]
-</p:notes>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -1026,204 +266,204 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="1122363"/>
-            <a:ext cx="6858000" cy="2387600"/>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="4500"/>
+              <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="3602038"/>
-            <a:ext cx="6858000" cy="1655762"/>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
               <a:defRPr sz="1800"/>
-            </a:lvl1pPr>
-[...6 lines deleted...]
-              <a:defRPr sz="1350"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0" algn="ctr">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0" algn="ctr">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0" algn="ctr">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0" algn="ctr">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0" algn="ctr">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0" algn="ctr">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3180990028"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790495080"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1296,172 +536,172 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2001007083"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2229524068"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6543675" y="365125"/>
-            <a:ext cx="1971675" cy="5811838"/>
+            <a:off x="8724900" y="365125"/>
+            <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="365125"/>
-            <a:ext cx="5800725" cy="5811838"/>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
@@ -1476,104 +716,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="817348573"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="602028363"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1646,350 +886,350 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="194584523"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="308470275"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="623888" y="1709739"/>
-            <a:ext cx="7886700" cy="2852737"/>
+            <a:off x="831850" y="1709738"/>
+            <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="4500"/>
+              <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="623888" y="4589464"/>
-            <a:ext cx="7886700" cy="1500187"/>
+            <a:off x="831850" y="4589463"/>
+            <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800">
+              <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="342900" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500">
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="685800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1350">
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200">
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200">
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200">
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200">
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200">
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200">
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3258489958"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3901633230"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2007,52 +1247,52 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1825625"/>
-            <a:ext cx="3886200" cy="4351338"/>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
@@ -2064,52 +1304,52 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4629150" y="1825625"/>
-            <a:ext cx="3886200" cy="4351338"/>
+            <a:off x="6172200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
@@ -2124,237 +1364,237 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="707872144"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="420741910"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="365126"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="839788" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629842" y="1681163"/>
-            <a:ext cx="3868340" cy="823912"/>
+            <a:off x="839788" y="1681163"/>
+            <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
-            </a:lvl1pPr>
-[...6 lines deleted...]
-              <a:defRPr sz="1350" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629842" y="2505075"/>
-            <a:ext cx="3868340" cy="3684588"/>
+            <a:off x="839788" y="2505075"/>
+            <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
@@ -2366,117 +1606,117 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4629150" y="1681163"/>
-            <a:ext cx="3887391" cy="823912"/>
+            <a:off x="6172200" y="1681163"/>
+            <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
-            </a:lvl1pPr>
-[...6 lines deleted...]
-              <a:defRPr sz="1350" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200" b="1"/>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4629150" y="2505075"/>
-            <a:ext cx="3887391" cy="3684588"/>
+            <a:off x="6172200" y="2505075"/>
+            <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
@@ -2491,104 +1731,104 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3590164917"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1171288225"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2609,302 +1849,302 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2786184543"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2488262629"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3133098405"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3628623729"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="457200"/>
-            <a:ext cx="2949178" cy="1600200"/>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400"/>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3887391" y="987426"/>
-            <a:ext cx="4629150" cy="4873625"/>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400"/>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:defRPr sz="2100"/>
+              <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
-              <a:defRPr sz="1500"/>
+              <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
@@ -2913,507 +2153,507 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="2057400"/>
-            <a:ext cx="2949178" cy="3811588"/>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
               <a:defRPr sz="1200"/>
-            </a:lvl1pPr>
-[...6 lines deleted...]
-              <a:defRPr sz="900"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2409696324"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="302935932"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="457200"/>
-            <a:ext cx="2949178" cy="1600200"/>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400"/>
+              <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3887391" y="987426"/>
-            <a:ext cx="4629150" cy="4873625"/>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
               <a:defRPr sz="2400"/>
-            </a:lvl1pPr>
-[...6 lines deleted...]
-              <a:defRPr sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500"/>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500"/>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500"/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500"/>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500"/>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1500"/>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="629841" y="2057400"/>
-            <a:ext cx="2949178" cy="3811588"/>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
               <a:defRPr sz="1200"/>
-            </a:lvl1pPr>
-[...6 lines deleted...]
-              <a:defRPr sz="900"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1028700" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="1714500" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2057400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="2400300" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="750"/>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="228985862"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3385481115"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="365126"/>
-            <a:ext cx="7886700" cy="1325563"/>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="1825625"/>
-            <a:ext cx="7886700" cy="4351338"/>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -3430,20283 +2670,2757 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628650" y="6356351"/>
-            <a:ext cx="2057400" cy="365125"/>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="900">
+              <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{AC454A18-402B-4DB2-BDB6-E9F45DB82962}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>29.04.2025</a:t>
+            <a:fld id="{ED524E39-5ED0-4EB2-B091-9B645669345B}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4/29/2025</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3028950" y="6356351"/>
-            <a:ext cx="3086100" cy="365125"/>
+            <a:off x="4038600" y="6356350"/>
+            <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="900">
+              <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6457950" y="6356351"/>
-            <a:ext cx="2057400" cy="365125"/>
+            <a:off x="8610600" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="900">
+              <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{141E361B-97EE-40C2-B7C1-6A54DD14BEDC}" type="slidenum">
-              <a:rPr lang="kk-KZ" smtClean="0"/>
+            <a:fld id="{6D7E9FE8-4AB8-4065-A079-449EE8F9BD7A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="kk-KZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="341002114"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4253194297"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483673" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483683" r:id="rId11"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="3300" kern="1200">
+        <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="750"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2100" kern="1200">
+        <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
-      </a:lvl2pPr>
-      <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1500" kern="1200">
-[...35 lines deleted...]
-        <a:defRPr sz="1350" kern="1200">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1350" kern="1200">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1350" kern="1200">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1350" kern="1200">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="375"/>
+          <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="1350" kern="1200">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="342900" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="685800" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1028700" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1371600" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="1714500" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2057400" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="2400300" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="2743200" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1350" kern="1200">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...34 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...44 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 2" descr="https://goo.edu.kz/media/img/avatar/min-608bc1071698e.jpeg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="323528" y="548680"/>
-            <a:ext cx="1368152" cy="1368152"/>
+            <a:off x="274760" y="548681"/>
+            <a:ext cx="1080120" cy="1080120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-    </p:spTree>
-[...210 lines deleted...]
-        </p:blipFill>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="857250"/>
-[...2289 lines deleted...]
-            <a:ext cx="7693562" cy="1454244"/>
+            <a:off x="1554480" y="2902904"/>
+            <a:ext cx="8599634" cy="1082356"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:srgbClr val="F8F9FA"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="-12696" rIns="0" bIns="-12696" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="338138" algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr lvl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" spc="8" dirty="0">
-[...272 lines deleted...]
-              <a:t>«Қазақ тілі мен әдебиеті» оқу пәні бойынша рубрика</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЗАВЕРШЕНИЕ	2024-2025	УЧЕБНОГО ГОДА</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4085928551"/>
-[...9894 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2722514025"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3415095827"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...3 lines deleted...]
-            <a:spLocks noGrp="1"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 2" descr="https://goo.edu.kz/media/img/avatar/min-608bc1071698e.jpeg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="274760" y="548681"/>
+            <a:ext cx="1080120" cy="1080120"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="683568" y="1700808"/>
-            <a:ext cx="8062664" cy="2450703"/>
+            <a:off x="1554480" y="2102687"/>
+            <a:ext cx="8599634" cy="2682794"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F8F9FA"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="-12696" rIns="0" bIns="-12696" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...21 lines deleted...]
-              <a:t/>
+            <a:pPr lvl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="4400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Государственные выпускные экзамены для учащихся </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" b="1" dirty="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="4400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
-[...10 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="4400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11 (12) классов пройдут в период с 30 мая по 16 июня 2025 года</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="inherit"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="102920"/>
+            <a:ext cx="65" cy="251359"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F8F9FA"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="none" lIns="0" tIns="-12696" rIns="0" bIns="-12696" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3567567592"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3406618039"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...10 lines deleted...]
-              <a:t>9-сыныпта 4 емтихан, барлығы жазбаша түрде өтеді.</a:t>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9 классе 4 экзамена, все в письменной форме</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="3600" b="1" dirty="0">
-[...2 lines deleted...]
-                    <a:lumMod val="75000"/>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
-                  <a:lumMod val="75000"/>
+                  <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Bahnschrift SemiBold" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Прямоугольник 4"/>
-[...14 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
-[...285 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лгебра </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>29 мая </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 г.; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>По </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>языку обучения - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 года; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>По </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбору (физика, химия, биология, география, геометрия, История Казахстана, всемирная история, литература (в соответствии с языком обучения), иностранный язык (английский/французский/немецкий), информатика) – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5 июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 года</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Письменный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзамен по казахскому языку и литературе в классах с казахским языком обучения и по русскому языку и литературе в классах с казахским языком обучения – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>10 июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 года; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2203887691"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2056012438"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="980728"/>
-            <a:ext cx="8229600" cy="619472"/>
+            <a:off x="1775520" y="274638"/>
+            <a:ext cx="8435280" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
-[...35 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В 11 классе пять экзаменов (один из них устный</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...42 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Bahnschrift SemiBold" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="323528" y="1825625"/>
-            <a:ext cx="8640960" cy="4351338"/>
+            <a:off x="493776" y="1340768"/>
+            <a:ext cx="11481914" cy="4536504"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...24 lines deleted...]
-          <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" u="sng" dirty="0" smtClean="0">
-[...268 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Устный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзамен по истории Казахстана – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>30 мая </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 года; </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Письменный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзамен по алгебре и инициативам </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анализа- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 г.;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Письменный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзамен на языке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обучения- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 года; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Письменный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзамен по выбору (физика, химия, биология, география, геометрия, всемирная история, принципы права, литература (на языке обучения), иностранный язык – английский / французский / немецкий), информатика) - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>12 июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 г.; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5.Письменный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзамен по казахскому языку и литературе в школах/классах с казахским языком обучения и по русскому языку и литературе в школах/классах с казахским языком обучения – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>16 июня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2025 года.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2617406770"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750496190"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...12 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...3 lines deleted...]
-                  <a:srgbClr val="7030A0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>67.На </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выполнение письменных работ в 9 (10) классе отводится 2 астрономических часа, на математику (алгебру) (письменно) – 3 астрономических часа (в специализированных школах </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>физико</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> – математического направления-4 часа). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="7030A0"/>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="7030A0"/>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>68.Для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>школ с казахским языком обучения /русским языком обучения и уйгурским/ таджикским/ узбекским языком обучения в 11 (12) классе на письменный экзамен по родному языку (языку обучения) отводится 3 астрономических часа, по алгебре и инициативе анализа-5 астрономических часов. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="7030A0"/>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>72.Письменные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>экзаменационные работы во всех классах школ начинаются в 10:00 утра по времени города Астаны.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="kk-KZ" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
               </a:rPr>
             </a:br>
-            <a:r>
-[...500 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2255075086"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="409573275"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1556792"/>
-            <a:ext cx="8229600" cy="4569371"/>
+            <a:off x="491613" y="1582341"/>
+            <a:ext cx="11208774" cy="4493538"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-[...1371 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>48. Обучающимся 9 (10) класса, имеющим годовые и итоговые оценки "5" по всем предметам в период учебы с 5 по 9 (10) классы, выдается аттестат с отличием об основном среднем образовании в соответствии с формой, утвержденной приказом № 39.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  49. Обучающимся 11 (12) класса, имеющим оценки "5" по предметам, подлежащим включению в приложение к аттестату об общем среднем образовании, годовые, итоговые оценки "5" по всем предметам в период обучения с 10 (11) по 11 (12) классы, выдается аттестат об общем среднем образовании с отличием в соответствии с формой, утвержденной приказом № 39.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="242426540"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="910039006"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1052736"/>
-            <a:ext cx="8229600" cy="5073427"/>
+            <a:off x="491613" y="1443841"/>
+            <a:ext cx="11061290" cy="4493538"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...1452 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>52. Обучающимся 11 (12) класса, получившим аттестат с отличием об основном среднем образовании, имеющим в соответствии с учебными программами основного, общего среднего образования или учебными программами автономная организация образования "Назарбаев Интеллектуальные школы" (далее – АОО "НИШ") годовые и итоговые оценки "5" по всем предметам в период учебы с 5 (6) по 11 (12) классы, четвертные оценки "5" по всем предметам в период учебы с 10 (11) по 11 (12) классы, прошедшим итоговую аттестацию по завершении общего среднего образования на оценку "5", выдается аттестат об общем среднем образовании "Алтын </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>белгі</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-[...46 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>" в соответствии с формой, утвержденной приказом № 39.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...16 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3233466954"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1047853803"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...52 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Результаты итоговой аттестации обучающихся 9 (10) и 11 (12) классов по предметам в виде баллов выставляются в журнал (бумажный/электронный) и переводятся по шкале перевода баллов экзамена в экзаменационные оценки согласно приложению </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4 к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>настоящим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...19 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Правилам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3600" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...527 lines deleted...]
-            <a:endParaRPr lang="en-US" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...52 lines deleted...]
-              <a:latin typeface="Bookman Old Style" panose="02050604050505020204" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Bahnschrift SemiBold" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2979787326"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3358475320"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...23 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="867697" y="1029212"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...778 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>78. При выведении итоговых оценок по предмету в 9 (10) и 11 (12) классах итоговая оценка выставляется на основании результатов экзамена (по пятибалльной шкале) и четвертных оценок за учебный год (по пятибалльной шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводится к ближайшему целому.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>     </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...514 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Если обучающимся в 11 (12) классах не выбраны предметы углубленного и стандартного уровней инвариантного компонента, в аттестат об общем среднем образовании выставляется итоговая оценка по этим предметам за 9 класс.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...39 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="242426540"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="100970373"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -23940,367 +5654,99 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...259 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Integral</Template>
+  <Template>Slice</Template>
   <TotalTime></TotalTime>
-  <Words>1157</Words>
+  <Words>554</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Экран (4:3)</PresentationFormat>
-[...2 lines deleted...]
-  <Notes>1</Notes>
+  <PresentationFormat>Широкоэкранный</PresentationFormat>
+  <Paragraphs>20</Paragraphs>
+  <Slides>9</Slides>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="25" baseType="lpstr">
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Bahnschrift SemiBold</vt:lpstr>
       <vt:lpstr>Bookman Old Style</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>inherit</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>Орта және жалпы орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттаудан өткізу,оқу жылын аяқтау туралы</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>               67.9 (10) сыныпта жазбаша жұмыстарды орындауға – 2 астрономиялық сағат, математикаға (алгебраға) (жазбаша) – 3 астрономиялық сағат (физика-математикалық бағыттағы мамандандырылған мектептерде – 4 сағат) бөлінеді.       68. 11 (12) сыныпта қазақ тілі /орыс тілі және ұйғыр/ тәжік/ өзбек тілінде оқытатын мектептер үшін ана тілі бойынша (оқыту тілі) жазбаша емтиханға 3 астрономиялық сағат, алгебра және анализ бастамалары бойынша 5 астрономиялық сағат бөлінеді.       72. Мектептердің барлық сыныптарындағы жазбаша емтихан жұмыстары Астана қаласының уақытымен таңертеңгі сағат 10:00-де басталады.    </vt:lpstr>
+      <vt:lpstr>ЗАВЕРШЕНИЕ 2024-2025 УЧЕБНОГО ГОДА</vt:lpstr>
+      <vt:lpstr>Государственные выпускные экзамены для учащихся  11 (12) классов пройдут в период с 30 мая по 16 июня 2025 года. </vt:lpstr>
+      <vt:lpstr>В 9 классе 4 экзамена, все в письменной форме. </vt:lpstr>
+      <vt:lpstr>В 11 классе пять экзаменов (один из них устный)  </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>ЕМТИХАННЫҢ МАҚСАТ, МІНДЕТТЕРІ</vt:lpstr>
-[...6 lines deleted...]
-      <vt:lpstr>ЕМТИХАННЫҢ ӨТКІЗІЛУІ БОЙЫНША ЕСКЕРТУЛЕР  </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Сабақтың тақырыбы:  Майкл Х. Харт.  Альберт Эйнштейн</dc:title>
-  <dc:creator>2023</dc:creator>
+  <dc:title>Презентация PowerPoint</dc:title>
+  <dc:creator>Пользователь СОПШДО-17</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>