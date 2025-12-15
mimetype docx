--- v0 (2025-12-06)
+++ v1 (2025-12-15)
@@ -1,10816 +1,24751 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="5843AB61" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
-[...59 lines deleted...]
-    <w:p w14:paraId="4194956E" w14:textId="77777777" w:rsidR="00D91271" w:rsidRPr="00FD0AF2" w:rsidRDefault="00D91271" w:rsidP="00D91271">
+    <w:p w14:paraId="0450418C" w14:textId="77777777" w:rsidR="00DA14B3" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="00DA14B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD0AF2">
+      <w:r w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымына</w:t>
+        <w:t>имени М.Ауэзова</w:t>
       </w:r>
-      <w:r w:rsidR="00836766">
+      <w:r w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="003F669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>преподавателя</w:t>
       </w:r>
-      <w:r w:rsidR="00AB4907">
+      <w:r w:rsidR="005453BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00070F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организатора НВТП</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3574A0" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="004F2A50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w14:paraId="15EF3A7B" w14:textId="77777777" w:rsidR="00E33931" w:rsidRPr="007A4FAB" w:rsidRDefault="00E33931" w:rsidP="00950F37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="7324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="005D0963" w14:paraId="30F4CB41" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="5C1C9129" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="29C80BE6" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w14:paraId="15A33F63" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A7D2E13" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C37D30" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2F5D7F99" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A66FD2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>им.М.Ауэзова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="00BB2B5F" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="0933FCDC" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A2638B5" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w14:paraId="4EF9A720" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="675A4527" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8D54E2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="0D1BDB5D" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFE4F45" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
+              <w:t xml:space="preserve">140008, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ткачева, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="5C2D228F" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="549BDCFB" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="277B91E9" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w14:paraId="2A7841E4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A996C8A" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6284839E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7AE5C7C1" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00E47760">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10BA42A8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00647AA3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00E47760">
+            <w:r w:rsidR="00647AA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B45C50">
+            <w:r w:rsidR="00D74D43" w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E47760">
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-2</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00647AA3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="17AFA606" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="047D83C1" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A93B412" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w14:paraId="7A795AA1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1F6FF480" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C96BD57" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2503A3CD" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEA66FB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00590BAF" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002732DF" w:rsidRPr="005D0963" w14:paraId="50EA9A36" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="548A1226" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4880F0A6" w14:textId="77777777" w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
+          <w:p w14:paraId="5E342B0C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="159CDA30" w14:textId="77777777" w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12646472" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="306E3146" w14:textId="77777777" w:rsidR="005453BD" w:rsidRDefault="00DA14B3" w:rsidP="005453BD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00836766">
-[...2 lines deleted...]
-                <w:color w:val="1E1E1E"/>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бастапқы әскери және технологиялық даярлығының педагог-ұйымдастырушысы</w:t>
-[...4 lines deleted...]
-                <w:color w:val="1E1E1E"/>
+              <w:t>вакантн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> должность</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүктеме -</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> преподавател</w:t>
+            </w:r>
+            <w:r w:rsidR="003F669E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –организатор</w:t>
+            </w:r>
+            <w:r w:rsidR="003F669E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> НВТП</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E650554" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="005453BD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нагрузка -</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="005D0963" w14:paraId="14FFF425" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="36C8D031" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="532AFB22" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w14:paraId="4FE72335" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32F1284F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="713E7534" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="68A43A2F" w14:textId="77777777" w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04233AA3" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196F63">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7F5914F5" w14:textId="77777777" w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+              </w:rPr>
+              <w:t> организует работу по военно-патриотическому воспитанию обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="568D44AC" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1785ECD3" w14:textId="77777777" w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+              </w:rPr>
+              <w:t>  разрабатывает учебные программы, учебно-методические комплексы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049062F0" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соблюдает требования к оснащению и оборудованию учебного кабинета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32304C9B" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совместно с заместителем руководителя по воспитательной работе, классными руководителями (руководителями групп) разрабатывает план военно-патриотической работы на учебный год, обеспечивает его выполнение и координирует работу учебного полигона;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F7B1BA" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> принимает меры по развитию и укреплению материальной базы кабинетов и (или) полигонов начальной военной подготовки организации образования, сохранности оборудования и инвентаря, соблюдения санитарно-гигиенических требований;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1669D0C3" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="75D7FA59" w14:textId="77777777" w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+              </w:rPr>
+              <w:t xml:space="preserve"> руководит кружками по изучению основ военного дела, военно-патриотическим клубом по изучению основ военного дела, проводит практические занятия и тренировки по действиям в чрезвычайных ситуациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="747A986A" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="79AC0F6E" w14:textId="77777777" w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+              </w:rPr>
+              <w:t xml:space="preserve"> организует предварительную работу по постановке на воинский учет допризывников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E36079B" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит занятия по гражданской обороне в организациях образования, отрабатывает мероприятия по действию в экстремальных ситуациях, обеспечивает готовность защитных сооружений, индивидуальных средств защиты по гражданской обороне в экстремальных ситуациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19CE8AC5" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соблюдает меры безопасности в учебно-воспитательном процессе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23AE69A8" w14:textId="77777777" w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75180D72" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00366545" w:rsidRDefault="004F2A50" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w14:paraId="7DA8E476" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="061958EC" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A45FA38" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w14:paraId="50E7B25B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="299D1AD3" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B21CA1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекақы мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="0B1ADA63" w14:textId="77777777" w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430148F2" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2038B141" w14:textId="77777777" w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00AB4907">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23583A71" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00F07C85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>161724</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>143947-</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>161724 теңге;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">тысяч </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00552535">
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC6C251" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00F07C85">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім : </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">- высшее образование: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>177766-</w:t>
             </w:r>
-            <w:r w:rsidR="00AB4907">
+            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> max</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>205080</w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>205080тенге</w:t>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="005D0963" w14:paraId="2B7C6F0D" w14:textId="77777777" w:rsidTr="00B45C50">
-[...4 lines deleted...]
-          <w:p w14:paraId="5351913B" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="685CA588" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="157511C1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B3D62C4" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4736DF8C" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кандидатқа қойылатын, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AB3BA7">
+              <w:t xml:space="preserve">Квалификационные требования, предъявляемые к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>бекітілген Біліктілік талаптары</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D02ED57" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+              <w:t>кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F2ACDCF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7458116C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="003564D6" w:rsidP="00654040">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="482650C5" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">-высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>послесреднее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическое образование по соответствующему профилю или иное профессиональное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F575DA" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>    -  и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63B6EF54" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4CD53C70" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00654040">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   -   и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C086020" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00CC327F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="1C28BF93" w14:textId="77777777" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="382487FC" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FBD21CF" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="454740A0" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
-[...16 lines deleted...]
-          <w:p w14:paraId="75C6E51A" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59871B61" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6A500DA7" w14:textId="49C221B7" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="005D0963" w:rsidP="005D0963">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="720A48AB" w14:textId="00F5F112" w:rsidR="00565A18" w:rsidRPr="00460BBE" w:rsidRDefault="00A00715" w:rsidP="00565A18">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="000006BF" w:rsidRPr="00460BBE">
+            <w:r w:rsidR="00565A18" w:rsidRPr="00460BBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="000006BF" w:rsidRPr="00460BBE">
+            <w:r w:rsidR="00565A18" w:rsidRPr="00460BBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-2</w:t>
             </w:r>
-            <w:r w:rsidR="000006BF" w:rsidRPr="00460BBE">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00565A18" w:rsidRPr="00460BBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="000006BF" w:rsidRPr="00460BBE">
+            <w:r w:rsidR="00565A18" w:rsidRPr="00460BBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2025 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FE320D" w:rsidRPr="006E4C34">
+              <w:t>.2025 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F324F9A" w14:textId="7A322D8C" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00ED2755">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E47760" w:rsidRPr="005D0963" w14:paraId="43F36019" w14:textId="77777777" w:rsidTr="005364D9">
-[...4 lines deleted...]
-          <w:p w14:paraId="624A2033" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00F54B50" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="53A03B13" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C819B7F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50C22E66" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00F54B50" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="433745E2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A80B490" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="769BBA65" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F4ABCD6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="013B393C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>требованиями,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>утвержденными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580F5DF4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60944B75" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="341FA970" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB3F0AD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B24DF29" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1091F839" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEC4B65" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наличии квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66152D5E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического, профессионального и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="557A5A85" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51EF8552" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантную должность педагога по форме согласно Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CDA6EEE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложениям 17, 18 к настоящим</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12DE9FFE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01AC8CBF" w14:textId="77777777" w:rsidR="00642A6F" w:rsidRPr="00050984" w:rsidRDefault="00642A6F" w:rsidP="008967BA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="4B5E06D8" w14:textId="77777777" w:rsidTr="00B45C50">
-[...4 lines deleted...]
-          <w:p w14:paraId="6ABA8A27" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w14:paraId="51EF99B4" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="450730E1" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1152E9AA" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEB0493" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="34DADD06" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="361B5744" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00F54B50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00112265">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбек шартына сәйкес</w:t>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71397A3C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w14:paraId="6FE86B99" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4274CB49" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A78F5B" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="583355BF" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="446D695C" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346FDA9F" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4222C454" w14:textId="77777777" w:rsidR="00463794" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD297B1" w14:textId="77777777" w:rsidR="001A6232" w:rsidRDefault="001A6232">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C123E97" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32F7DFCD" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A51971C" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="571EECA1" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5868C610" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46832B07" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311695DE" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8035D2" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339DA0C4" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="412D5320" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DAB6E4" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA6E827" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D24D0CC" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="386B0E88" w14:textId="77777777" w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-103"/>
+        <w:tblW w:w="10128" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="6017"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="283E10D9" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E194AF3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5D3A6C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z341"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к Правилам назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32971BAD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A0D788A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21D624EB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>________________________ государственный орган, объявивший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F531C98" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс Ф.И.О. кандидата (при его наличии), ИИН (должность, место работы) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="227CC92A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="6BE938C1" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70191E56" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EADAA5A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="376D01C2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6D3336AD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C580B5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E79552" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36581E0A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8548C3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="451353F8" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
-[...752 lines deleted...]
-    <w:p w14:paraId="1E73A870" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="2D454698" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+    </w:p>
+    <w:p w14:paraId="55B20278" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56117FF7" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="291599D9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+      <w:r w:rsidRPr="00050984">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7867182B" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="3CBBF505" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+    </w:p>
+    <w:p w14:paraId="11B39CD5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261729FA" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="32944CF4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+    </w:p>
+    <w:p w14:paraId="7E59019B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B21524" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="379F96C3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+      <w:r w:rsidRPr="00050984">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. Қазіргі кезде _________________________________________________________ </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E47760" w:rsidRPr="00E47760" w14:paraId="1AEA3631" w14:textId="77777777" w:rsidTr="00D5183E">
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7A78AA8B" w14:textId="77777777" w:rsidTr="00D5183E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="534610CF" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="00678FA2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47760">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41FFA67F" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="1FFDF6B2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47760">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07A3330D" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="6CEDD105" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47760">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E47760" w:rsidRPr="00E47760" w14:paraId="5CF29DFE" w14:textId="77777777" w:rsidTr="00D5183E">
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7B5BA5F5" w14:textId="77777777" w:rsidTr="00D5183E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="262DBFAF" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="02338EE9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="441F53CC" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="0EFE303A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00DE8DEF" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="488CE1A9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="74F7AE9C" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+          <w:p w14:paraId="5FB9F0E7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62A4004C" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="05FA9242" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+    </w:p>
+    <w:p w14:paraId="78C990F7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AC5A72" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="67CB4D43" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+      <w:r w:rsidRPr="00050984">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1716A467" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="7D5FF527" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E47760">
+      <w:r w:rsidRPr="00050984">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+        <w:t>Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1743"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1904"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="2028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E47760" w:rsidRPr="00E47760" w14:paraId="7C780A03" w14:textId="77777777" w:rsidTr="00D5183E">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="45FCE1E7" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="654CD5FF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47760">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBA8927" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422C7E20" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47760">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>С т а ж государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEF6D1D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E47760">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По специальности ( для специалистов субъектов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>предпринимательст</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F39C30E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">В д а н </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> о й организации образования, в том ч и с л е н а занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="03A481D2" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11733163" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3A6DF9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B99961D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E20BA44" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3896937A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C1AB73E" w14:textId="77777777" w:rsidR="00E47760" w:rsidRPr="00E47760" w:rsidRDefault="00E47760" w:rsidP="00E47760">
+    <w:p w14:paraId="5915083D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16E9F9C8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29203D88" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E55602" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D216F21" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B12E1E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00050984">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...397 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...50 lines deleted...]
-        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10248" w:type="dxa"/>
-[...6577 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblW w:w="7028" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6978"/>
+        <w:gridCol w:w="7028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w14:paraId="33220A8F" w14:textId="77777777" w:rsidTr="00E47760">
-[...2 lines deleted...]
-            <w:tcW w:w="6978" w:type="dxa"/>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="5EF386E4" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="010EE2DE" w14:textId="77777777" w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5642E261" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BFBD45C" w14:textId="77777777" w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidRDefault="004F40B8">
+    <w:p w14:paraId="3F8AC8FF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4DB541" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222F578E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3EAD5E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388DAD44" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>педагогов государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3CD36F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8818F8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7632E584" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199BE9DF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D67DFAA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64FC3374" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="47" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69406B27" wp14:editId="675BA04B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>191770</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5774690" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Graphic 65"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5774690" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5774690">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5774372" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7106">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="2B6569F2" id="Graphic 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.1pt;width:454.7pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5774690,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx4uhqJgIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yNdmMOMXQoMWA&#10;oivQDDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddo1hRwWonS34bDLlTFnpSm33Bf+xvf/w&#10;mTMMwpbCOKsKflLIb9fv361an6u5q50pFTAKYjFvfcHrEHyeZShr1QicOK8sOSsHjQi0hX1Wgmgp&#10;emOy+XS6yFoHpQcnFSKdbnonX6f4VaVk+F5VqAIzBafaQlohrbu4ZuuVyPcgfK3lUIb4hyoaoS0l&#10;PYfaiCDYAfRfoRotwaGrwkS6JnNVpaVKHIjNbPqGzUstvEpcqDnoz23C/xdWPh2fgemStOPMioYk&#10;ehi6sbiJ3Wk95gR68c8Q+aF/dPIXkiN75YkbHDBdBU3EEjvWpVafzq1WXWCSDm+Wy0+LL6SIJN9s&#10;vkxKZCIf78oDhgflUhxxfMTQC1WOlqhHS3Z2NIHkjkKbJHTgjIQGzkjoXS+0FyHei8VFk7WXQuJZ&#10;445q65I3vKmcSrt4jb1GRSofl3PORpaE7RFkxDTUq95Iqcm+JmdsrGI5my7S/KAzurzXxsQqEPa7&#10;OwPsKOL0pi/yoAivYB4wbATWPS65Bpixg069NFGknStPpHhLIhccfx8EKM7MN0szFd/HaMBo7EYD&#10;grlz6RWlBlHObfdTgGcxfcEDKfvkxokV+ShapH7GxpvWfT0EV+moaJqhvqJhQ2OeCA5PMr6j631C&#10;XX4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQDj/PlI3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSP0Haytxo3bTNEIhTlUVIW6VaBFc3XhJUuJ1GjttwtfjnOA4s6PZN9lmMA27Yudq&#10;SxKWCwEMqbC6plLC+/Hl4RGY84q0aiyhhBEdbPLZXaZSbW/0hteDL1koIZcqCZX3bcq5Kyo0yi1s&#10;ixRuX7YzygfZlVx36hbKTcMjIRJuVE3hQ6Va3FVYfB96I6Hcn8fX5HK+2OfPuNcfdvxZ73dS3s+H&#10;7RMwj4P/C8OEH9AhD0wn25N2rAk6SsIWL2ElImBTQKzWMbDT5MTA84z/n5D/AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPHi6GomAgAAgAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOP8+UjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l5774372,e" filled="f" strokeweight=".19739mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4ED9E9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="2817"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="69960E95" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0A8147" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="740E857D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C24009F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C38C97A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="559"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7E3112FB" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1973"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBA4BFC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5201E4ED" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DB844E5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="179"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1137D525" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F898A7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D04F896" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52C17BFE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63BE8F85" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>У р о в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2094CFC3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07F33BA4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1943C737" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="583E4B24" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D58CD3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1459"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6388784E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="295" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее = 2 баллов Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="057C39A2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="09BBA18B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="54EA3558" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB21DF2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B33A302" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47015240" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18BD48E1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A19B3C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42CD08D1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4ED8005C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У ч е н а я / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F92995F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4612A415" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="542D99E9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74766924" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DAC80B0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD1CE75" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="4F684A37" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380D5ED0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73FB3657" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07608D36" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E160FC9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3E8F4B61" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EF402A9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2216EFB4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64F68BDA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="616024A0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>модератор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="406A06AF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="12D06025" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A4B9FFB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62452E8F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1317FDA4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A6A4051" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79321EB1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="41C81D2C" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F051806" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61777AF0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FB44472" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01B29B8A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-исследовате</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3C05B39B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="5EFD0F67" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="351405FD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C368F0E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="341AE540" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06D9A7F0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="670C53F0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="5D6DEC2D" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1707"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D44CDDE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="439A8342" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19AA4B01" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="350C188A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="165"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C16424C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CFA211E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52D56EFD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="610FB9BF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3355CC6C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D90249F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DD9DC5A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49E73473" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45D3EBC1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E082BFE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="165"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A8CAA28" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1168962D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="515"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т р е т ь е й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7456076C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="133"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2367BA97" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1722"/>
+              </w:tabs>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5D0A5276" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00050984" w:rsidRPr="00050984">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3132"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="1DB61714" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="3194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="700A6A15" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A949313" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10DB2C07" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4334C024" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="559"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в т о р о й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59BBF660" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE79DCA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1722"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429D0ADA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п е р в о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="37B10944" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="837"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA0117C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30CBBD3B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13274B97" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="658B9A73" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40" w:right="102"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="64E4E642" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DBD473A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01624787" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325EB626" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="767E9ACE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="55"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7205D5B8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>более двух лет= 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="6C78F2D3" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="2146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C6259E7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="241FCA49" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72A0246A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04A1E4CE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51D374B2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3830C3E8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41D85CB2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="98"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2468E219" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66B68CDB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04469B1C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23B923B7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="132"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="109BF335" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49CDF5EB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до двух т = 3 балла; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="7D602504" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="226" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="74226302" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="770889E7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D9F497F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02D35A3E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0139AC7B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9AA7C1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности до двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3179E2E6" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="663D30DC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54884428" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AABA360" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75A7627A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="122"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3FAFE7A5" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1649"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C025FB5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="721E6789" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1376E93C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53DE5D04" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A34177" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1283"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="89"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п и с ь м о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="561331FE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3971CD38" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDA9F0E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2714C164" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="624BE2FB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности педагога </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144FA63B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EA8E040" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="0333E4D2" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A566A19" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40313406" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AA59615" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D7B7D8A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="058C1624" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A3A120E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50D39F04" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="618846ED" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4415D035" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13E1607E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="483F7014" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44BB92D8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AFD51AA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1332E7DD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22F5BB90" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48295895" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75381ABA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0466402B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61B868FE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AA0BB07" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="607"/>
+              </w:tabs>
+              <w:spacing w:before="24" w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры городских/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>районных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="465F29C2" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78DE07B4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78DA862A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="725A0140" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01EEE82B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454D6D19" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="8" w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=2 б а л </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а , международных = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3DEB18EA" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BD1C181" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48F95D63" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21806B8B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56AA7F66" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65E645F7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E1713BC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="209"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="665CE890" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проектов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1552D147" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="597"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-32"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>городской</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25335907" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1213"/>
+              </w:tabs>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="31"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 б а л </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F27ABC3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00050984" w:rsidRPr="00050984">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="5DA124F6" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1060"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF5411E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ECFD750" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1347"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>последние</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="368419D7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="304"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:after="200" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="224" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04E017AA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="156" w:hanging="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F87DF8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-2 б а л </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> международный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F056931" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="577017DB" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A13D8FF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36786A21" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="448C565F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56DA40F1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="576"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="118"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Лучший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DFA53DE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="16443FD3" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02500CD8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54097D9B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B247390" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10721409" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>" Лучший педагог" =</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03776402" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="2B2502AB" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1090"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="535143BD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA08B70" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D124976" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419924C9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="495"/>
+                <w:tab w:val="left" w:pos="812"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="274EE167" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E4372F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F25D07A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48BBC052" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65CDE81F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="31"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>соавтор учебников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(или) УМК,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="63C16A84" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1829F4BA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C9E41EA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E536647" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60879B71" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D631C63" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E44CFBD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60E27454" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A959F4B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="090CE5DA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDA9B5C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3386F6FC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BBDDDDD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DF54998" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66150BAE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="506E0CA5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="84"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РУМС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28E7E824" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="05EF6307" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="2148"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E204810" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="077935D4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5012B957" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="795D28B3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1364"/>
+                <w:tab w:val="left" w:pos="1465"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="77"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>исследовате</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л ь с к о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности, включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КОКСО, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="1038C445" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BB6AABB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39C0A1B3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E081ABB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07F65573" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7EAD6614" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CCE33FA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DACDE67" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BDCF481" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="569CBF98" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="566F160A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="071F188E" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D321569" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="656C38A1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C57061" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4874DE54" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1026"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="31"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468212FC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="119ED729" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EFDAC3E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74C5AA40" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E215062" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="12" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педаг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>огическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F15B89C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1507"/>
+              </w:tabs>
+              <w:spacing w:before="12" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="515"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подтверждающий общественно-педагогическую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F581FEC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="32" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="30"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CD861D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="72560862" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15B10475" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4304B7B3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27081489" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C08A2AF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(казахский, р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, иностранный)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="5B678959" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1112"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="698C9EB2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52B0FFAF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B4DC16D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="156" w:hanging="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21025F2C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:after="200" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="194" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамотность, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7309D61A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2E0CF65F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00050984" w:rsidRPr="00050984">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="611" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3D885F44" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42546896" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B3D26AC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="340168B4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="351AA186" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59B36D3E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5372BC03" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73A3ACC8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="692871DC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA4F2D7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06050DDB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AF145AE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="650AE3C0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DD017C9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="632D6E75" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60F362D5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74236788" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D47CAAA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="163691C9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46837E12" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="790"/>
+              </w:tabs>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="85"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>повышения квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>согласованным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уполномоченным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">области </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализуемым </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="34B268B7" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33BB8EAB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D5CFD3B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="336B825F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E754A5B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="16D6F4AE" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B67FE49" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F930D24" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="676BD0A7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E3087D0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="59AC9927" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F7580F1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69E06D33" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61CA1A96" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="216ADD43" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BB714FB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="0B235FDA" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D7C614E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37ADDC01" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23DDF712" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="155C25D0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="38EC6B65" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6720E604" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74250DA7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C89B694" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A2E2FCB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="696FB963" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60E0C3B4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29C0AB35" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F74C96C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E6024C7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="6B88ED9B" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E27F5A9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E084768" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EA85A16" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELTA(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B95011F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E58B0F1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="40CE5567" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F104E43" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F976364" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DCCC154" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="132190BB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09BA07EA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3760D78F" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46AF2F80" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49BE2E98" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="200E690B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63E08D15" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38914069" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="450ADAFD" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="193A5381" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA24B6F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0634DDC9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352D1042" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CD57C36" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3D704D5C" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C7FFEAA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6559A908" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BB6799D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6264507A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="1BA57510" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="185491A0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F635A5F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="218EF802" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04CD2432" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF23FDF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instruction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04892036" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7B3DD221" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35889831" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54435E2D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3780BE0A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6107495E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F967CC7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="08AD7659" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DB3354D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F108172" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2742CE47" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F047CB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44FF13F5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="23D18286" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01A1EDBB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C29D7A8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C430EC4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239A4621" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IHC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70811A0E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="12387637" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="378916D6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="213DE683" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EC0F01A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AC7FE59" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55755B32" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="2FFF46C6" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B1BE8C9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18BE2177" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51169FC8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BFC956B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FD1AF0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="36331BDB" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F4AEEBF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28B606E8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A33ACF3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B7EC8BB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29E7A1B3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="4904220B" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61C07381" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F1BF8A0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F1DE704" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="887"/>
+                <w:tab w:val="left" w:pos="1950"/>
+                <w:tab w:val="left" w:pos="2464"/>
+              </w:tabs>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19347CF1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA9E007" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="28E05442" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E9ACDFF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53DD8CD9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7571392B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13AB2CBF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="1C7556F3" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="410D3CA5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33DC6986" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29C8FC84" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8C2EB2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02E814DF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7F54BD40" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C957B00" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D9C8DDB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29FB091D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Coursera,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E996F6F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="59A8DA57" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70ED4ED6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AF65B0E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="381016E8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C4B8E8F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="687DB251" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DCD2601" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0237CB82" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3186F738" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21C6F3A5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00A00715" w14:paraId="4AC53EC2" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="392EC22A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51DB9EF2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="716D9403" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="30"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Developing expertise in teaching chemistry </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13D418B9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="3CA9B195" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C05723F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5118" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="47FC7F3A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="550E6EFA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="51" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C46276" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="46" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>городской</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/районный)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A020315" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00050984" w:rsidRPr="00050984">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A3D4200" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>научных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>проектов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>городской/районный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1 балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>областной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балл, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республиканский</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B19E020" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="46" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="3543"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-2 балла, международный – 3 балла соответственно призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB81B92" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="7014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="540671C0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1646B80E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320FBABE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207BD3B5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49758193" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF8AE6F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E489D7C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CE6A9F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050984">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DD4807" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10937" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="05449BEA" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B210E74" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E347724" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCB9BC8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="679"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372443AA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="1020"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="453FB35B" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="2763"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="341E1A9A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01EF6170" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5779B0D8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72824049" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09E91DFE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F305B49" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2ADA56" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4006CE6A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="602982AF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33876D09" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D6EB69A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B6024F6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4276C450" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61560DD2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D5D2C8C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A82C8FB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="81"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46652205" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="846"/>
+                <w:tab w:val="left" w:pos="1730"/>
+                <w:tab w:val="left" w:pos="1846"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D6F5AE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1736"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419BE236" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1443"/>
+                <w:tab w:val="left" w:pos="1736"/>
+                <w:tab w:val="left" w:pos="1948"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="285" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием -2 балла Высшее - 3 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="14420ED5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направлениям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="0E259E8C" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D089D1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5643F602" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="084197D3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="201" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="576A3F1C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="846"/>
+                <w:tab w:val="left" w:pos="1730"/>
+                <w:tab w:val="left" w:pos="1846"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2203FDA0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор - 5 баллов Доктор наук - 5 баллов Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="7A771495" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="544015E8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39955633" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3118B21A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="201" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прохождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B75658A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01C52DA9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04756DA9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 % - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="27FCA7E4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-80 % - 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="22C1A8D7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-100% – 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="1347973C" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455DA3D5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="214"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="346302D0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556FB6A2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BE5339" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="558B7A89" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E8C8E3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="161"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"3"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="176F949E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"4"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2EA5374F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"5"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="14ED7EDE" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="860"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C81A1DA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="542B05DB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118C7E59" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D7E35D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="563A481E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="13406778" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7628C790" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="157CD301" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B79238" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D716BC6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="32D91D69" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="2155"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28CE2696" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07AB009E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="464362BF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22301FD1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B415404" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0440F50C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B058DCC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2198"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">странички </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернета,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>социальных сетей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>авторских</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F1DAD0B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="208441FC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CE422DD" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="271A223F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30A099F0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C3E57DE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EBDA4A9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C62A608" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F887B6B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51F36ABF" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0253080B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46683BA1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 1 до 3 лет -2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C45AB8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E4A1372" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00050984" w:rsidRPr="00050984">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="9945" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="3027"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="447F74B6" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AD8CF23" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A8F3992" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уроки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>семинары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23A0774C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E0D6F9B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="492FA940" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68AD3711" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582675EB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в работе летних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5686A40B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06501483" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="726B4472" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447CD6EA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="214"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="044DA09C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31172CBB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="108"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в конкурсах по месту учебы (научных проектов, творческих и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="611BD447" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="214"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03AB998A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692DEC44" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21CDE231" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="618F5663" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="9526"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="182DB0AB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BDF4F4A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30F18215" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C181BF2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03F4F539" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67704B2B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A00AB0D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66AF0A48" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="642A4FF5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="464A681C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F88C88C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D827C8D" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01F0F0F6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1358C8A3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5015E2B1" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72A68A19" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A0CCD33" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="582921ED" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D075970" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DFEFD72" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A4DDD80" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38373E3C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификатов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5B4942" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B162B10" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1040"/>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1900"/>
+                <w:tab w:val="left" w:pos="1959"/>
+              </w:tabs>
+              <w:spacing w:before="33" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам " О с н о в ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-49"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Обучение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7EE697" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1040"/>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1900"/>
+              </w:tabs>
+              <w:spacing w:before="25" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="168"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language Teaching – Primary) DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B6130A2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1063"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="168"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – Secondary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A938168" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>( English</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D8425C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1386"/>
+                <w:tab w:val="left" w:pos="1521"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(TESOL)" TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E767326" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="012C6DB2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="207906EE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E0B93F4" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D37E585" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="646D1ACC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48A9EB23" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39AE6E30" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73C6046C" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EA48D09" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59C35807" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3614E281" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A424029" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AA441CE" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A7D5EAB" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46A59000" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58922D96" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AEBA84F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DA4D037" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76D4AF02" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="584AE88B" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC81069" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="322A65E9" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F94665A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B2741D8" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C15C952" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AD91E0F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76632C64" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55AAFDC6" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BD6821A" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F49EBE0" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EAAE58" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="432F21C3" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="022F0DBC" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="622E9B3E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31069156" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64026BBA" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BEBB675" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CC371F5" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60F79A78" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="145"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15EDDEF7" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">плюс 1 балл (за каждый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050984" w:rsidRPr="00050984" w14:paraId="0A346297" w14:textId="77777777" w:rsidTr="00D5183E">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F1F7B2" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B83870" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00050984">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6159F32F" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D32B63" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16B6E45E" w14:textId="77777777" w:rsidR="00050984" w:rsidRPr="00050984" w:rsidRDefault="00050984" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidSect="00247927">
+    <w:p w14:paraId="0163B5C1" w14:textId="77777777" w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidRDefault="001A6232" w:rsidP="00050984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -10831,50 +24766,316 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01030A83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D84094F6"/>
+    <w:lvl w:ilvl="0" w:tplc="1924EE04">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="232"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="34C4D548">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AA343C20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06121CE7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FAAE798A"/>
+    <w:lvl w:ilvl="0" w:tplc="09D44338">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="315"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4600C024">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="96966AE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53D81230">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="42B483C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10943,51 +25144,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11056,51 +25257,174 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D6C1A91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A31604F8"/>
+    <w:lvl w:ilvl="0" w:tplc="15C47178">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="953EF1A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D0CE126">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="202818D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9864B736">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2038526A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="466CFAC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="439C194E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2806C032">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -11147,51 +25471,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0B694EA"/>
     <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11260,51 +25584,922 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D7253D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B1E55B4"/>
+    <w:lvl w:ilvl="0" w:tplc="7422AEDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="315"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D18E45E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9AE49A08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B627850">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F2B49CAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="974A8CDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F2CAE894">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20C68E0A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9C36426A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2386143F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3D4DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C286B18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBF22DFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="62E20082">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="36F0250A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="254450FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1AC6B68"/>
+    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0FA6AFCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="44A01E48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00A27EBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A41AF6BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="791C887C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A1244AB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B672D4DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25624A40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A1A04B8"/>
+    <w:lvl w:ilvl="0" w:tplc="5D560044">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="93EC3E04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7A463630">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="592E9E68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A976A6EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="634A786A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E59C58D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8884B84A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="75E09C34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267C205F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="194CF43A"/>
+    <w:lvl w:ilvl="0" w:tplc="F4C0FC66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78E66C50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A3E4CDC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="97308B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F684132">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7920608E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8A1CC62E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72BE4326">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A20AC16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27EF4762"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9732C132"/>
+    <w:lvl w:ilvl="0" w:tplc="43E643CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3EE8BC44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1E6A29CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC5CF752">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="918644F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="52B2C962">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67DCF71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="90B05856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3F98F454">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D4A3BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D5A20AE"/>
+    <w:lvl w:ilvl="0" w:tplc="F55C6684">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="426C8752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E10AF540">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32F0870E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8822E402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C10A4194">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEF74D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="364C5554"/>
     <w:lvl w:ilvl="0" w:tplc="60561768">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11374,51 +26569,1186 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34723C2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAF574"/>
+    <w:lvl w:ilvl="0" w:tplc="25E2D00C">
+      <w:start w:val="54"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="959" w:hanging="420"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F716B514">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="40B4C43E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1D06E20C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2190" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6ABE78E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87D43910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="90466148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67FA4E3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7110" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EB9AF93E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8340" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="373A7C62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15A25340"/>
+    <w:lvl w:ilvl="0" w:tplc="3EF841CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DACCAEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38A46802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A490CC72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C5E6B738">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5100C6A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4B6E4FEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="26A85B72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A0600994">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38554532"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF5CD58E"/>
+    <w:lvl w:ilvl="0" w:tplc="2B0EFFD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1012" w:hanging="311"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="40240EA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="309"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="792E7294">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2106" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F9F02F56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3193" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="772AFA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4280" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F7F86CB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5366" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="458454BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01E88E5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7540" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A32FC4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8626" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EB5AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE08916A"/>
+    <w:lvl w:ilvl="0" w:tplc="1102DE18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E736C45A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="691A7798">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71C048C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="414C6952">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ED9C17AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67C80246">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82800A10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A9A6170">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393D2154"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA62B2B6"/>
+    <w:lvl w:ilvl="0" w:tplc="6D968818">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C54E05E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6465DDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="676CFF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="575CBEEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="46349AF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="47C02474">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E8AE1F7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8070C23E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C0A1BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4821EAE"/>
+    <w:lvl w:ilvl="0" w:tplc="8026BE04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="280"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="397478FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BDE23B64">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC9CB552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BACCEDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04FA3A6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="61AEEC0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4E28C1D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CC80D95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E950F12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A340605C"/>
+    <w:lvl w:ilvl="0" w:tplc="4746DD0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9008F0EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="43E280FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="87DA49C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2F74FE04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3F8E30A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BBB23FCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E6A632EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CA1295EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="432A7775"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12640B4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E560140C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="639484CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="434"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C692456C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76D54C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="45041AF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A885832">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E70C4E6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BEA07666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ABCC6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53E54EFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6538B0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="AAC8436E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B58E94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D6AD3C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13A64844">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E5C099C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98741F9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="01A0B020">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2D3A96B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC58F6C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11487,51 +27817,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11580,51 +27910,877 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7849A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC28E332"/>
+    <w:lvl w:ilvl="0" w:tplc="AED46A60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3CA04BB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="350A1148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="75CEC008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="84F07822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1FCACAB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3BD4AA08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E865340">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F68642C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E172B73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23166DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="1F64CB40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EEE6A704">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EA02EC14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5092416E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78B4FD54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="268417F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="687CB7BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2C34107A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9620E8A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E7E3611"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4465688"/>
+    <w:lvl w:ilvl="0" w:tplc="A25E7DB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="700240E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34E2391C"/>
+    <w:lvl w:ilvl="0" w:tplc="64743E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F6E1526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D6B0B9B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DCA8BB1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D5D61504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B28B568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0AC0A4C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AB767B2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="31502274">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77984306"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9BC3E9A"/>
+    <w:lvl w:ilvl="0" w:tplc="2AA8E2A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADDA27E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C563B18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8ABE3A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="07B8984E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B129E1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1EA4F5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C088A26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A08E2A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D0D3064"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="313C4672"/>
+    <w:lvl w:ilvl="0" w:tplc="17F438FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="221"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBBAF5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50E4C724">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5274C76A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A81A57EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55DC41D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1E3E75D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69927526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B32E9CE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC41267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A4E69E2"/>
+    <w:lvl w:ilvl="0" w:tplc="73748D82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="27C64770">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E4505B90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FE413FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F828D4AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62FCBB60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F849F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C5F84DAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="35B4A556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -11670,879 +28826,967 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="30">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
-[...2 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
-    <w:rsid w:val="000006BF"/>
-    <w:rsid w:val="00004B15"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="00050984"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="00061B8E"/>
+    <w:rsid w:val="0006248D"/>
     <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="000678E9"/>
+    <w:rsid w:val="00070F56"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="000922AC"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B3C65"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00101304"/>
     <w:rsid w:val="00107931"/>
+    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="00142533"/>
+    <w:rsid w:val="001366A2"/>
+    <w:rsid w:val="00136E86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00144A54"/>
-    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00166D46"/>
+    <w:rsid w:val="00170BCF"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
-    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
-    <w:rsid w:val="00196F63"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A3ACD"/>
+    <w:rsid w:val="001A6232"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C2F1A"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D508B"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4200"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
-    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
-    <w:rsid w:val="002732DF"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
+    <w:rsid w:val="0027583F"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="0029086E"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E0E99"/>
+    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00306EF2"/>
-    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00366545"/>
     <w:rsid w:val="0037198C"/>
-    <w:rsid w:val="003735D5"/>
     <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
-    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D407C"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F669E"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="004023EC"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00471D75"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A019E"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B5849"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
-    <w:rsid w:val="004F40B8"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552535"/>
+    <w:rsid w:val="0054127F"/>
+    <w:rsid w:val="005453BD"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00565A18"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
+    <w:rsid w:val="005B0E72"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
-    <w:rsid w:val="005D0963"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00641CE0"/>
+    <w:rsid w:val="00642A6F"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
+    <w:rsid w:val="00647AA3"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B7E37"/>
     <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
-    <w:rsid w:val="006E689E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="007013DC"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="00750F2B"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
-    <w:rsid w:val="007564A0"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
-    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="0078539B"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="007921C8"/>
-    <w:rsid w:val="007936CE"/>
+    <w:rsid w:val="00795FA0"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4A53"/>
+    <w:rsid w:val="007A4FAB"/>
     <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007A6815"/>
+    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B5024"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C43C6"/>
-    <w:rsid w:val="007D55DF"/>
+    <w:rsid w:val="007C3E18"/>
     <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D7D1D"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007F2EAF"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00836766"/>
+    <w:rsid w:val="00825EAC"/>
+    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00875D6A"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
-    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
-    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
-    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="009613CE"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
-    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009C0006"/>
-    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F77F6"/>
+    <w:rsid w:val="00A00715"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
+    <w:rsid w:val="00A7551D"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A8191B"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB4907"/>
-    <w:rsid w:val="00AB7639"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE4FC7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B45C50"/>
+    <w:rsid w:val="00B44934"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B71E74"/>
+    <w:rsid w:val="00B63374"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
-    <w:rsid w:val="00BA59ED"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC7640"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
+    <w:rsid w:val="00BD693A"/>
+    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE2BB6"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C51125"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C86A97"/>
+    <w:rsid w:val="00C82B7C"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
+    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CB7D97"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC4217"/>
+    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00CD1855"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE224D"/>
+    <w:rsid w:val="00CE2F89"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
-    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D71532"/>
+    <w:rsid w:val="00D74D43"/>
+    <w:rsid w:val="00D84C6E"/>
     <w:rsid w:val="00D8716B"/>
-    <w:rsid w:val="00D91271"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D93446"/>
+    <w:rsid w:val="00D91C6B"/>
     <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00D97F26"/>
+    <w:rsid w:val="00DA14B3"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC638F"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E33931"/>
+    <w:rsid w:val="00E406A4"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
-    <w:rsid w:val="00E47760"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
-    <w:rsid w:val="00E5108D"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
-    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
-    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED2755"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F10F92"/>
-    <w:rsid w:val="00F11901"/>
+    <w:rsid w:val="00F06293"/>
+    <w:rsid w:val="00F07C85"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F32C3E"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F504F9"/>
-    <w:rsid w:val="00F53841"/>
+    <w:rsid w:val="00F54344"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB6AF5"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC2F63"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE320D"/>
+    <w:rsid w:val="00FF111B"/>
     <w:rsid w:val="00FF12C4"/>
-    <w:rsid w:val="00FF1F46"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A3210D5"/>
-  <w15:docId w15:val="{88D6F54C-9691-4908-8FB9-87D3F422CBCA}"/>
+  <w14:docId w14:val="09CBD347"/>
+  <w15:docId w15:val="{5D764DFB-F22A-4362-A127-41EF80750527}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12582,55 +29826,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12699,51 +29943,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12895,59 +30139,59 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD497F"/>
+    <w:rsid w:val="0064541A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="009024DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -13018,51 +30262,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
@@ -13102,211 +30346,337 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005069F6"/>
+    <w:rsid w:val="00A559D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00654040"/>
+    <w:rsid w:val="00CC327F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="009024DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00050984"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00050984"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00050984"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00050984"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="293" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:right="131"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00050984"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00050984"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="31267977">
+    <w:div w:id="110707149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="60904893">
+    <w:div w:id="284385645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="953249665">
+    <w:div w:id="646127558">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="649792773">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1857845626">
+    <w:div w:id="1622616062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1983582154">
+    <w:div w:id="1628393107">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2066682383">
+    <w:div w:id="1823891178">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2135253245">
+    <w:div w:id="1842113553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -13578,78 +30948,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BBA537E-BB0E-4045-9D93-A1CB9DCD5E24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83CDDB91-0DAE-4EAF-8627-2C6A54F11B9E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>13058</Characters>
+  <Pages>11</Pages>
+  <Words>2374</Words>
+  <Characters>13537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15318</CharactersWithSpaces>
+  <CharactersWithSpaces>15880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>