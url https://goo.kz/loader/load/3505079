--- v0 (2025-12-08)
+++ v1 (2025-12-15)
@@ -1,20346 +1,11354 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="614D17E2" w14:textId="77777777" w:rsidR="00950F37" w:rsidRDefault="00321427" w:rsidP="00950F37">
+    <w:p w14:paraId="165FA896" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED34434" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4FAB">
-[...9 lines deleted...]
-      <w:r w:rsidR="00E92E6D" w:rsidRPr="007A4FAB">
+      <w:r w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени М.Ауэзова</w:t>
-[...62 lines deleted...]
-        <w:t>математики</w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының М. Әуезов атындағы жалпы орта білім беретін мектебі» КММ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659A22AC" w14:textId="77777777" w:rsidR="0037216B" w:rsidRPr="007A4FAB" w:rsidRDefault="0037216B" w:rsidP="00950F37">
+    <w:p w14:paraId="39EC6432" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00BB6449" w:rsidP="00261EAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">математика </w:t>
+      </w:r>
+      <w:r w:rsidR="00261EAA" w:rsidRPr="00FD0AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCC9BD2" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="004F2A50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="6F4D67F0" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00105871" w14:paraId="1D8B6AD0" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="65311E10" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="10828FF9" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="285B3623" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD9FE46" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4E38ACE3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FCB3D2" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="14E9878A" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="3C2734ED" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="07995C79" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="088D7A38" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="217D5238" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="369662DA" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5FC7F407" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="425B1AFD" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, </w:t>
-[...17 lines deleted...]
-              <w:t>Ткачева, 15</w:t>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="5B0BBED5" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="520E2F63" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E016830" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="472639D8" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7706D5F9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2085F3D4" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5C4B97CF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00131DCE">
+              <w:t>телефон нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE7D61F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00D37E0A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00131DCE" w:rsidRPr="009509E6">
+            <w:r w:rsidR="00D37E0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D74D43" w:rsidRPr="009509E6">
+            <w:r w:rsidR="00B45C50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00131DCE" w:rsidRPr="009509E6">
+            <w:r w:rsidR="00D37E0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="0B39EE5A" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="3BCFB266" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6CA4DB07" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="053CD7CA" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0B7379BB" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2F064D" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6811BAD8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00590BAF" w:rsidP="00321427">
+              <w:t>электрондық пошта мекенжайлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49116800" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="587CEAC1" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00B71E74" w14:paraId="062EDCC7" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4879AC2A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="00463794" w:rsidP="00321427">
+          <w:p w14:paraId="29FBCA33" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7ECEAD4E" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B88C385" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="59DB98AC" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="00FF111B" w:rsidP="00B10582">
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C1999D" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00590BAF" w:rsidRDefault="00BB6449" w:rsidP="0031050C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
-[...78 lines deleted...]
-              <w:t>, нагрузка -16часов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика </w:t>
+            </w:r>
+            <w:r w:rsidR="00E74901" w:rsidRPr="00E74901">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00641CE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00957CB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме -16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="1DBB5DF1" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00105871" w14:paraId="059464ED" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4B46DA02" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="4ED86F5F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78266E24" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60356860" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="755C5F19" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+              <w:t>негізгі атқарымдық міндеттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF2150C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="73B94461" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111E55F6" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="258138A6" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D487B9" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:p w14:paraId="6966F212" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B679761" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="2D619E77" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70272F8A" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:p w14:paraId="150913B9" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A57B007" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-          <w:p w14:paraId="1846678B" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0108CFCB" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="5FFEEFF9" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>журналдарды (қағазнемесеэлектрондық)толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A184AA7" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-          <w:p w14:paraId="5249114D" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үрдісінде</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F4D372" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="006D0F7D" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="58299BC0" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B607522" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="4F48FA5A" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білімалушылар мен тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>міндетт</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ібілім беру стандартында</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деңгейден</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұлғалық, Жүйелік-қызметтік, пәндік</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нәтижелерге</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеткізуін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7A8672" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="3DB93439" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-   оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, оның</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қажеттілігі бар білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушыларға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әзірлеуге</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады, оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кестесіне</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көлемде</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырылуын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D84AF3C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="05154D45" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың, тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қабілеттерін, қызығушылықтарын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімділіктерін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерделейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16437953" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-инклюзивті</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру үшін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жағдай</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3592279D" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>с учетом специфики преподаваемого предмета;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D420C63" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+              <w:t>-ерекше</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру қажеттіліктері</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімдейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4306904C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="09E1EDE9" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-арнайы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқытылатын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәннің</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекшелігін</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, дамудағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауытқуларды</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>барынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңсеруге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушыларды, тәрбиеленушілерді</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жәнет</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрбиелеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DDA7A6A" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="3B70C31C" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  интерактивті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>материалдарымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ресурстарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдалана</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, қашықтықтан</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7197274C" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="6FF9DD3D" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірлестіктердің, мұғалімдер</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауымдастығының, әдістемелік, педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кеңестердің, желілік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдастықтардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырыстарына</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ECB72F0" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="5FA965B8" w14:textId="77777777" w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ата-аналарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>консилиумдарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E05436A" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="00B027BA" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  ата-аналарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF83EBB" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="00F0C2EC" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құзыреттілікті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арттырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008B6447" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="2F727BA1" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау, өртке</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E92B12F" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="55FD8EB0" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білім беру процесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімалушылардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өмірі мен денсаулығын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA45D85" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="7B57D428" w14:textId="77777777" w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата –а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>налармен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ынтымақтастықты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A4B007" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="005D0365">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:ind w:firstLine="708"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тізбесін</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уәкілетті орган бекіткен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5101C7EC" w14:textId="77777777" w:rsidR="00654040" w:rsidRPr="00DA569D" w:rsidRDefault="00654040" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылар мен тәрбиеленушілер</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдениетті, Академиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адалдық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаттарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5F783C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00DA569D" w:rsidRDefault="00261EAA" w:rsidP="00552535">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="5705C881" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="001B2A10" w14:paraId="751E0913" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="380FA138" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="28F08462" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AA8C3CD" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E13647E" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="476C5CE0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3902F4CA" w14:textId="77777777" w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2333C934" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="0012006F">
+              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4175BA02" w14:textId="77777777" w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="001B2A10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10" w:rsidRPr="001B2A10">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
-            <w:r w:rsidR="00F8552E" w:rsidRPr="009509E6">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A78AC" w:rsidRPr="009509E6">
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10" w:rsidRPr="001B2A10">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">тысяч </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+              <w:t>161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C6DA349" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00423E96" w:rsidRDefault="00552535" w:rsidP="001B2A10">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+              <w:t xml:space="preserve">- жоғары білім : </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование: </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>177766-</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2A10">
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>min</w:t>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге</w:t>
+              <w:t>205080тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="679C2B23" w14:textId="77777777" w:rsidTr="0012006F">
-[...4 lines deleted...]
-          <w:p w14:paraId="13E9D1C3" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00D37E0A" w14:paraId="4C80749D" w14:textId="77777777" w:rsidTr="00B45C50">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4F0AC7" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C20D19A" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="009509E6" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5D24EC" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6215B76B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535E4727" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...83 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DC7FB4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401C02BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA21183" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D8683F1" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00654040">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="28EB2074" w14:textId="77777777" w:rsidTr="0012006F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00C610B0" w14:paraId="44F44346" w14:textId="77777777" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D2FBD2C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706907C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="5B792A8F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E1E300" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CE5DE0" w14:textId="73734B6A" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="007F4ECB" w:rsidP="00105871">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00105871">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="005C24F4" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="005C24F4" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00105871">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-2</w:t>
+            </w:r>
+            <w:r w:rsidR="005C24F4" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00105871">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00557F81" w:rsidRPr="00460BBE">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="005C24F4" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="009509E6" w14:paraId="4BB3B2B0" w14:textId="77777777" w:rsidTr="0012006F">
-[...4 lines deleted...]
-          <w:p w14:paraId="5F48CE31" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00105871" w14:paraId="08C3E44D" w14:textId="77777777" w:rsidTr="0034641A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C5B9A8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00FC1BF4" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="071B15A8" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61704B14" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00FC1BF4" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009509E6">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="351A7811" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+              <w:t>Қажетті құжаттар тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BFD316F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B5E29C5" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5675381E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F6B0A9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="537CFA31" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>      4) Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37E43476" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7C9717B8" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48BD7061" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="4B75D997" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 075/у нысаны бойынша денсаулық жағдайы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268D0717" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...66 lines deleted...]
-          <w:p w14:paraId="0329577E" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      7) психикалық, мінез-құлықтық бұзылушылықтары бар аурудың динамикалық бақылауда жоқтығы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B55CCA2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="640E23E2" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       8) наркологиялық аурудың динамикалық бақылауда жоқтығы туралы анықтама; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75981D11" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0D838E44" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      9) сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67A01A8C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0AF5862C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе айелтс IELTS (IELTS) – 6,5 балл; немесе тойфл TOEFL (іnternet Based Test (іBT)) – 60-65 балл көрсеткіші бар сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042752FE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0828F3B2" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>      11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A77D7D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="26199F80" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       12) осы Қағидаларға 17, 18-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B860C7B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00EF7F82">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
-[...282 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
-[...17 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:t xml:space="preserve">       13) жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6099D66C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
-[...294 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w14:paraId="6B9A18AE" w14:textId="77777777" w:rsidTr="0012006F">
-[...4 lines deleted...]
-          <w:p w14:paraId="47DAD8C3" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w14:paraId="5A2A941E" w14:textId="77777777" w:rsidTr="00B45C50">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1A0323" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2602" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="31BA8DFA" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+            <w:tcW w:w="1934" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F73327" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5CE58131" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00F54B50" w:rsidP="00321427">
+              <w:t>Бос лауазым мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7761" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7472260C" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009509E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11B1A9EC" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
+    <w:p w14:paraId="2E81232F" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67D08CFC" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="2B2F8536" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46BD9FF9" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="591638DD" w14:textId="77777777" w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73AEFA08" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="449064BB" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ABAF84C" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="727529BB" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11D44AF6" w14:textId="77777777" w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w14:paraId="13CED5EF" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F1F3FD" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D29F34C" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6781E7" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76EF514F" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560F2E19" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F684C3A" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F410A0F" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2BDC1A" w14:textId="77777777" w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:tblW w:w="6978" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="6978"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w14:paraId="49ECA279" w14:textId="77777777" w:rsidTr="00131DCE">
-[...2 lines deleted...]
-            <w:tcW w:w="7028" w:type="dxa"/>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="00D37E0A" w14:paraId="41224808" w14:textId="77777777" w:rsidTr="00D37E0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="184C808F" w14:textId="77777777" w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:p w14:paraId="16A7DEFD" w14:textId="77777777" w:rsidR="007921C8" w:rsidRPr="00D37E0A" w:rsidRDefault="007921C8" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...227 lines deleted...]
-    <w:p w14:paraId="0033606D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="5B32369E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306631D4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B92511B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші басшылары мен педагогтерін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173E5067" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9F3FDB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1461967E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED722C1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5D5527" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D988990" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE255B1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Кандидаттың Т. А. Ә, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FE5539" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20183118" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2020D6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9897A4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFE6FFB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E06DB70" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="1E1ABE56" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0304AE08" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
+        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781D271C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="659512A4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11725A15" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="22F8FE17" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF6834F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="45388109" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. Қазіргі кезде _________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E1869EF" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="23BB1774" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
+        <w:t xml:space="preserve">                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A4AF98" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="5B7F872B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
+        <w:t xml:space="preserve">      жұмыс істеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46716825" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B52006" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="44C72C8F" w14:textId="77777777" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="4841562B" w14:textId="77777777" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF135C9" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Наименование учебного заведения</w:t>
+          <w:p w14:paraId="4A9A2BB8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49A91225" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Период обучения</w:t>
+          <w:p w14:paraId="178C0BC3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="762A0322" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...14 lines deleted...]
-              <w:t>Специальность по диплому</w:t>
+          <w:p w14:paraId="72ABEA1D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="67D9A693" w14:textId="77777777" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="36DC5F4B" w14:textId="77777777" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28053182" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D937E60" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A490D9C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6E63D8AD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F9BFB28" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="077C60B5" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4996BCF8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23D849EB" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="3F409AFC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3B988128" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="2C868E1D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии</w:t>
-[...25 lines deleted...]
-        <w:t>____________________________________________________</w:t>
+        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649FABA1" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="4106BCD6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Стаж педагогической работы: _______________________________________</w:t>
-[...25 lines deleted...]
-        <w:t>Стаж работы:</w:t>
+        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2027"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2028"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1966"/>
+        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="332AEF6B" w14:textId="77777777" w:rsidTr="00E4624B">
-[...166 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="3B1F3AAC" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A873077" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5B0D16" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1311E641" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2285" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BAF666" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8B7608" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37E0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743BD59D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="367ED788" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="55BE4531" w14:textId="77777777" w:rsidTr="00E4624B">
-[...70 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w14:paraId="7CDC6B8E" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381AB027" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E48F92" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4564D836" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2285" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C77957" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2786E3C3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F7140B0" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="2F171DE0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36CBA29D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="24E1D472" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+        <w:t xml:space="preserve">     Мынадай жұмыс нәтижелерім бар: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2A327C" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="069FEA7E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DF8389" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="3FF3856B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17C5D2FF" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="7C5222B3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3C4B45" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="760A1C25" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="00D37E0A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
+        <w:t xml:space="preserve">      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE69FAA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36883013" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A9115C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E0BC2B2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5439236B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F10AA58" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D63D015" w14:textId="77777777" w:rsidR="005D0365" w:rsidRDefault="005D0365" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69326E7F" w14:textId="77777777" w:rsidR="005D0365" w:rsidRDefault="005D0365" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC5F92B" w14:textId="77777777" w:rsidR="005D0365" w:rsidRDefault="005D0365" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF4CA34" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6046"/>
+        <w:gridCol w:w="3905"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6E53E843" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FDEFBB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E28D4F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="48F427B8" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24024701" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066AC42A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="59A49AFA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z234"/>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1ADA608F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B70B77" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7028" w:type="dxa"/>
-[...638 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="875"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="7E953D3C" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="4EA4A0CA" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="773FB2F0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...109 lines deleted...]
-              <w:t>баллов (от 1 до 30)</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C091CE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A665FA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A2EF01" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B7C245" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(1-ден 30-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="1532B0D8" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="7D7E915D" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="502"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB9496A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...422 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B422DCB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E386C3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B59B4B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D13456A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жоғары = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675AE40C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жоғары үздік = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24EB99F8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="3997B26A" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="26DC5B0E" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="573"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9B878E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...412 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AC4CA6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25052BBC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="526BA450" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="068B62D0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5A7F8F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00364863" w:rsidRPr="00B2199F" w14:paraId="783E0D39" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="5C99CD18" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="573"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9DF436" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
-[...462 lines deleted...]
-              <w:t>п е р в о й квалификационной категории" = 7 баллов</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CAEAA70" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CD570B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4790F7FE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F86B18E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D5645BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BE437E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B301ED4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401B6DA1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Басшының үшінші біліктілік санатындағы орынбасары = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77497F52" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Басшының екінші біліктілік санатындағы орынбасары = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59A651B7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Басшының бірінші біліктілік санатындағы орынбасары = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w14:paraId="259B047B" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="722701AC" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="135DF5FA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D12B2F3" w14:textId="77777777" w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
-[...427 lines deleted...]
-              <w:t>более двух лет= 3 балла</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B22CA6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6791F4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін алмастыратын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C571994" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі 2 жылға дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="747D17BB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі екі жылдан көп = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E046062" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі 2 жылға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08F28EC2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі екі жылдан көп = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C5B6564" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылға дейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="394DA105" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылдан көп = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w14:paraId="72EF37BC" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="251EC124" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="335"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...319 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7820EA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64938D8B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA9F3DA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ұсыным хат (педагог лауазымы бойынша соңғы жұмыс орнынан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FCAA52" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w14:paraId="394D90AF" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="30C896F8" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1208"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...177 lines deleted...]
-              <w:t>баллов</w:t>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E44225" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACA4487" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Соңғы 5 жылдағы кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB3ECFF" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен конкурстар жеңімпаздарының дипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D97D983" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- олимпиадалар мен байқаулар жеңімпаздарының дипломдары, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25805F7E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DC23A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1) қалалық/аудандық олимпиадалар мен конкурстардың жеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40500D44" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A19B681" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2) ғылыми жобалар: қалалық/аудандық = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="277B53AC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4145BB09" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3) "Үздік педагог" конкурсына қатысушы = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B252209" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4) "Үздік педагог" конкурсының жеңімпазы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A977DF9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>5) "Қазақстанның еңбек сіңірген ұстазы" медалінің иегері = 10 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w14:paraId="0C7958BE" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6FD8CFDF" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...231 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5475F2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353D9430" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="166AD606" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторлық жұмыстары мен жарияланымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15CD4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1872F0C8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C8BF23D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>БССҚК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6D652BBF" w14:textId="77777777" w:rsidTr="005D0365">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB8350" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD98415" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CACE263" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F75B1C0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4130FF06" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB44EB7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>екі тілде сабақ беру, орыс/қазақ = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133C8B8A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C1E46F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00105871" w14:paraId="141AEAD7" w14:textId="77777777" w:rsidTr="005D0365">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4C2BC8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3878FD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="678659E0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>- пәндік даярлық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2832C9A8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6EFF5C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20473149" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="663A6E39" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA35D17" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18373A23" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" бағдарламалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BE1115" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA2073B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FC298B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D27B6F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D6252C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5CDD48" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A1D3E6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384ACFA2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="290C52B8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58CE2C1E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787F5B7A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E55CB1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2221D86E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0778BD8B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0C3F35" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E1B98E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C986C9A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8B3F11" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFF30F7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0639A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDE0E1C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD03797" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F17984" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15CF98BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5823780E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C1926A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...143 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w14:paraId="471F120F" w14:textId="77777777" w:rsidTr="00B2199F">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="3B97C10F" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="564"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="875" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AFF705" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>6.</w:t>
-[...6351 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5953" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A46E81" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13303617" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="487D9537" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="47D638D6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="005D0365">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Примечание:</w:t>
+        <w:t>      * жеңімпаздар санына қарамастан, 6-тармақта соңғы бес жылдағы олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D24BEE" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="004F4229" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="005D0365">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...366 lines deleted...]
-        <w:t>количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+        <w:t>      ғылыми жобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл тиісінше</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B7A0FB" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="7BA9DF41" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:r w:rsidRPr="005D0365">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>научных</w:t>
-[...144 lines deleted...]
-        <w:t>республиканский</w:t>
+        <w:t>      республикалық олимпиадалар мен конкурстардың жүлдегерлері = 3 балл</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A7ADE0" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
-[...388 lines deleted...]
-    <w:p w14:paraId="19141B4F" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6135"/>
+        <w:gridCol w:w="3930"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="6D177ED9" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE6C1F1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AB100B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E93597F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75DD65BA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="499495DE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="644644E1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76CD66C4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40EC7725" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AA3AFB7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0498E131" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7803C2E1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="435826C7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27D46FA5" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BCBCE22" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74AFA2E0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110851E1" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0739EACD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53F16794" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F1F7FF0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="267C1EF6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02BC981D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="182454B9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44D2FBED" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымдардан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="5B8955E8" w14:textId="77777777" w:rsidTr="00E4624B">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="396A3D2C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB9A204" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EB1990C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E054B8">
+      <w:bookmarkStart w:id="2" w:name="z236"/>
+      <w:r w:rsidRPr="005D0365">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Оценочный</w:t>
-[...119 lines deleted...]
-        <w:t>вакантную</w:t>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33685222" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
-[...91 lines deleted...]
-    <w:p w14:paraId="4423B12D" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="3E492D30" w14:textId="77777777" w:rsidR="005D0365" w:rsidRPr="005D0365" w:rsidRDefault="005D0365" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="731"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3118"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="783ABF1E" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="3E69E358" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="18575D63" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...109 lines deleted...]
-              <w:t>баллов (от 1 до 30)</w:t>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA6555C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A25A5AF" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6151D655" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B9857B8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(1-ден 30-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="122BFE14" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="5A0CF109" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1840"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4374F7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...535 lines deleted...]
-              <w:t>балла</w:t>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EB2B4E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE927AE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A3F79B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="015ED466" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік үздік = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E06ED6D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жоғары = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ACF340E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр (педагогикалық бағыт бойынша) = 4 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="4270BF84" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="501D798C" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="900"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...27 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D87D6AA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...308 lines deleted...]
-              <w:t>баллов</w:t>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F42FCEB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67ED8FF2" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB8292F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7710A39F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="546209C4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="29961D36" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="371461EC" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="900"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...29 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CCC56E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...71 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBED112" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан өту нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12677DA7" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="274C288A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FBC0ACE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF73E0D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="090079FB" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="17A2DC9B" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FD7579" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...467 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D907B86" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Педагогикалық/ кәсіби практика нәтижелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADF91FB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF01CE8" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F91B823" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4451F7F9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="28011407" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="36DFBB38" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="860"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF5F548" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...194 lines deleted...]
-              <w:t>письма = 3 балла</w:t>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCFB63B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оқу орнынан ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8EBE91" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65317EF0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="52196E65" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="63F6264B" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="596"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="401E1AC0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF5158F" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Волонтерлік жұмысқа қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E48F8AD" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7078C3A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w14:paraId="7F514A29" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="01380441" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="2155"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...70 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7528029B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...454 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF8DBB6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы бар интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми жобалар, сабақтар, семинарлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5811A211" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378354EC" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 жылға дейін -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445DA70B" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57DE2B82" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>3 жылдан жоғары -3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="4293E00E" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="485121CE" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="2155"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D07E5E9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130C139C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жазғы лагерьлердің жұмысына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5158FF31" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E42EB7E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="3E38ADD9" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="68526542" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="1271"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...26 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8ABE4A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...197 lines deleted...]
-              <w:t>балл, но не более 4 баллов</w:t>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B310A6" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Оқу орындары бойынша конкурстарға қатысу (ғылыми жобалар, шығармашылык және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24927C36" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қатысу құжаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B3D72C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Әрбір қатысқаны үшін 1 балл, бірақ 4 балдан аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="3D7EFA97" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="30AF7760" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="2155"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C03909C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...382 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCF7F45" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; Goethe Zertifikat сертификаттары, "Python бағдарламаның негіздері", "Microsoftта жұмыс істеуге үйрету" бағдарламалары бойынша оқыту </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065268AA" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1002 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="2285F922" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B349BF" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6120E74C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46563051" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738867DE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5305A4B0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>TKT"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A8BC34A" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ECFAF11" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="007C206E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...45 lines deleted...]
-              <w:t>отдельно)</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F4DC2D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 балл (әрқайсына бөлек)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w14:paraId="4FC95DE4" w14:textId="77777777" w:rsidTr="00A0112D">
+      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w14:paraId="689F54F9" w14:textId="77777777" w:rsidTr="005D0365">
         <w:trPr>
-          <w:trHeight w:val="370"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...76 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="4578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568378B9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D0365">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBB4769" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07AF3C0C" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B23D635" w14:textId="77777777" w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+    <w:p w14:paraId="438BD2A3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00131DCE" w:rsidRPr="00E054B8">
-[...4 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="28DD9C0D" w14:textId="77777777" w:rsidR="001A6232" w:rsidRPr="00E054B8" w:rsidRDefault="001A6232" w:rsidP="00E054B8">
+    <w:p w14:paraId="661C8C8E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005D0365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001A6232" w:rsidRPr="00E054B8" w:rsidSect="00247927">
+    <w:p w14:paraId="70491F84" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404AF56D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B634C9" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6713C2DB" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C274277" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="092DD98D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EFFB5B0" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E9F501" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14691FED" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FFA849E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68BE59BE" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6985BEA3" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AEF73A4" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F344127" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B4688E" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E1C054D" w14:textId="77777777" w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64041C3C" w14:textId="77777777" w:rsidR="00ED253C" w:rsidRPr="005D0365" w:rsidRDefault="00ED253C" w:rsidP="005D0365">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED253C" w:rsidRPr="005D0365" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -20361,316 +11369,50 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01030A83"/>
-[...264 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20739,51 +11481,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20852,174 +11594,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...122 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -21066,51 +11685,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0B694EA"/>
     <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21179,922 +11798,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...870 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEF74D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="364C5554"/>
     <w:lvl w:ilvl="0" w:tplc="60561768">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -22164,1186 +11912,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...1134 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23412,51 +12025,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23505,877 +12118,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-[...825 lines deleted...]
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -24421,951 +12208,871 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="14"/>
-[...46 lines deleted...]
-  <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...28 lines deleted...]
-    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
-    <w:rsid w:val="00005F3B"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="0006248D"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="000869BE"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
-    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00105871"/>
     <w:rsid w:val="00107931"/>
-    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
-    <w:rsid w:val="0012006F"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
-    <w:rsid w:val="00131DCE"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="001366A2"/>
-    <w:rsid w:val="00136E86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00170BCF"/>
+    <w:rsid w:val="00166D46"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A6232"/>
-    <w:rsid w:val="001A7D20"/>
+    <w:rsid w:val="001A3ACD"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B2A10"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4200"/>
-    <w:rsid w:val="001F5C75"/>
     <w:rsid w:val="00200BD1"/>
-    <w:rsid w:val="002016D1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00252B80"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00270241"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002954CA"/>
+    <w:rsid w:val="002A22C5"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
-    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
-    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00306EF2"/>
+    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
-    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00355AEB"/>
+    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00364863"/>
-    <w:rsid w:val="00371185"/>
     <w:rsid w:val="0037198C"/>
-    <w:rsid w:val="0037216B"/>
     <w:rsid w:val="00373625"/>
-    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="003747AE"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A065B"/>
+    <w:rsid w:val="004A019E"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00504650"/>
+    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="00557F81"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C24F4"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D0365"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00642A6F"/>
+    <w:rsid w:val="00641CE0"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="00660372"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006800C9"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
-    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
-    <w:rsid w:val="00733EB8"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
-    <w:rsid w:val="007543AA"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="007732D7"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4FAB"/>
+    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007C43C6"/>
+    <w:rsid w:val="007D55DF"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F4ECB"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="00805A03"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884995"/>
     <w:rsid w:val="00884A28"/>
-    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
-    <w:rsid w:val="008F2930"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
-    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
+    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="009509E6"/>
-    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
-    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F77F6"/>
     <w:rsid w:val="00A00C92"/>
-    <w:rsid w:val="00A0112D"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
-    <w:rsid w:val="00A45296"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A928B3"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
-    <w:rsid w:val="00AA3858"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE3E72"/>
+    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B2199F"/>
+    <w:rsid w:val="00B22057"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B44934"/>
+    <w:rsid w:val="00B45C50"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B63374"/>
+    <w:rsid w:val="00B71E74"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
-    <w:rsid w:val="00BD693A"/>
-    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C4219D"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C610B0"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C94AD7"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
-    <w:rsid w:val="00CA6C44"/>
-    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00CC4217"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE2F89"/>
+    <w:rsid w:val="00CE224D"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D277A0"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D37E0A"/>
     <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D42C52"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D74D43"/>
-    <w:rsid w:val="00D84C6E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D91C6B"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
-    <w:rsid w:val="00DC035B"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
-    <w:rsid w:val="00E054B8"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E27A80"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E51F4A"/>
+    <w:rsid w:val="00E52695"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
-    <w:rsid w:val="00E96BC2"/>
+    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED253C"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00EF7F82"/>
     <w:rsid w:val="00F02467"/>
-    <w:rsid w:val="00F02B4D"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F06293"/>
+    <w:rsid w:val="00F10F92"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F54344"/>
+    <w:rsid w:val="00F53841"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB650A"/>
+    <w:rsid w:val="00FC1BF4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC60E6"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FF111B"/>
+    <w:rsid w:val="00FE320D"/>
     <w:rsid w:val="00FF12C4"/>
-    <w:rsid w:val="00FF1671"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B4EBBA6"/>
-  <w15:docId w15:val="{F9075B63-DC15-415D-9F6B-39A4E999E94C}"/>
+  <w14:docId w14:val="212E0128"/>
+  <w15:docId w15:val="{9BC0B6D3-3C68-433C-B5C1-B83D216EEE6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -25405,55 +13112,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25522,51 +13229,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -25718,59 +13425,59 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0064541A"/>
+    <w:rsid w:val="00AD497F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -25841,51 +13548,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
@@ -25925,368 +13632,185 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A559D1"/>
+    <w:rsid w:val="005069F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00654040"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...158 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="110707149">
+    <w:div w:id="31267977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="646127558">
-[...12 lines deleted...]
-    <w:div w:id="649792773">
+    <w:div w:id="953249665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1622616062">
+    <w:div w:id="1983582154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1628393107">
+    <w:div w:id="2066682383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1823891178">
-[...12 lines deleted...]
-    <w:div w:id="1842113553">
+    <w:div w:id="2135253245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -26558,78 +14082,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5BF6A16-F973-4F37-B148-00C008F93712}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FB74048-3410-4BBD-8F6B-E17C423E2B10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2514</Words>
-  <Characters>14333</Characters>
+  <Words>2524</Words>
+  <Characters>14389</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16814</CharactersWithSpaces>
+  <CharactersWithSpaces>16880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>