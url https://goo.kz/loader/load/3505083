--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,16799 +1,12159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="62750EED" w14:textId="77777777" w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
+    <w:p w14:paraId="15D08EE5" w14:textId="77777777" w:rsidR="004B3899" w:rsidRPr="00855DB0" w:rsidRDefault="00705A37" w:rsidP="004B3899">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E30D9">
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КГУ «</w:t>
+        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007D1182" w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Средн</w:t>
+        <w:t>не</w:t>
       </w:r>
-      <w:r w:rsidR="000353B7">
+      <w:r w:rsidR="007815A8" w:rsidRPr="00855DB0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...48 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">заместителя </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00422CAC">
+      <w:r w:rsidR="004B3899" w:rsidRPr="00855DB0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">руководителя </w:t>
+        <w:t>басшысының оқу жөніндегі орынбасары лауазымына конкурс жариялайды</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="6485"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="005859A4" w14:paraId="65A4E793" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D06ABE6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FD860D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300C5EFD" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w14:paraId="4DCB15BD" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0254E02D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D28D5CC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="729EB678" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00701022" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ткачев көшесі 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w14:paraId="6553B287" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="030DE3D5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EA12A2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD9A9CC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="007815A8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00366DD4" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22-2</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2-86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w14:paraId="6F9E1A45" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="56F4C074" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06881310" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4FF606" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00855DB0" w:rsidRDefault="006E3405" w:rsidP="00701022">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>auezova</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="005859A4" w14:paraId="59365A4F" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F62BDF5" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1E2145" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EF0F8F" w14:textId="77777777" w:rsidR="004B3899" w:rsidRPr="00855DB0" w:rsidRDefault="004B3899" w:rsidP="004B3899">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп басшысының оқу жөніндегі орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E34C354" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="007815A8" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D763A" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ставка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="008E2FC2" w14:paraId="5064EA0F" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15337F04" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="739C68A8" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5267FBAD" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="00D57C6D" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E2FC2" w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу-тәрбие процесін, білім беру ұйымының қызметін ағымдағы жоспарлауды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2F056B" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     оқу-тәрбие процесінің, ғылыми-әдістемелік және әлеуметтік-психологиялық қамтамасыз етудің жай-күйін талдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78EFD773" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     мемлекеттік стандарттың, оқу жұмыс жоспарлары мен бағдарламаларының орындалуы, сондай-ақ құжаттаманың әзірленуі бойынша педагогтердің жұмысын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2429411A" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     педагогтердің қысқа мерзімді жоспарларын тексереді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB352B1" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     мемлекеттік жалпыға міндетті білім беру стандарты шеңберінде білім беру процесінің сапасын және білімді игеру нәтижелерін бағалаудың объективтілігін бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43783EBF" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     ағымдағы және қорытынды аттестаттауды өткізуді ұйымдастыру бойынша жұмысты жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770BF52F" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     білім беру процесіне жаңа тәсілдерді, тиімді технологияларды енгізуді қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20C9F713" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     қашықтықтан оқытуды өткізу процесін ұйымдастырады, барлық сыныптар үшін Қашықтықтан оқытудың оқу бағдарламасын және сабақ кестесін түзетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F18560F" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     пәндер бойынша мектепішілік бақылауды ұйымдастырады және жүзеге асырады, білім бөлімін жүргізеді, мектепішілік бақылау, БЖБ және ТЖБ қорытындысы бойынша білім сапасын талдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AA8C8F" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     пәндер бойынша білімді тақырыптық бақылауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20DF47C2" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     білім алушылардың оқу жүктемесіне бақылауды жүзеге асырады, оқу сабақтарының, курстардың және оқу жұмыс жоспарының вариативтік компонентінің сабақтарының кестесін жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30D08FFB" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     білім алушылар мен педагогтердің олимпиадаларға, конкурстарға, жарыстарға қатысуын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C3053FE" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     ерекше білім беру қажеттіліктері бар білім алушыларды психологиялық-педагогикалық қолдау қызметінің жұмысын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75131FDF" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     білім беру ұйымының пәндік әдістемелік бірлестіктері мен эксперименттік жұмысын үйлестіруді жүзеге асырады, ғылыми-әдістемелік және әлеуметтік-психологиялық жұмысты және оны талдауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79BA9DBA" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     педагогтердің тиімді тәжірибесін тарату бойынша шараларды жинақтайды және қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0741E22F" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     тәлімгерлік, біліктілікті арттыру және біліктілік санаттарын беру (растау) жөніндегі жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="058ED110" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     оқу зертханалары мен кабинеттерін қазіргі заманғы жабдықтармен, көрнекі құралдармен және оқытудың техникалық құралдарымен жарақтандыру бойынша жұмысты жоспарлайды және ұсыныс енгізеді, пән мұғалімдерімен бірлесіп баламалы оқулықтарды таңдауды жүзеге асырады, оқулықтар мен оқу-әдістемелік кешендерді, оның ішінде электрондық оқулықтар мен цифрлық ресурстарды сатып алуға, әдістемелік кабинеттер мен кітапханаларды оқу-әдістемелік және көркем әдебиеттермен толықтыруға өтінім ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F6F7D4" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     жыл сайын кітапхана қорын әдебиеттермен толықтыруға өтінім береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="678E4F83" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     оқу-тәрбие процесінде пайдаланылатын жабдықтардың, аспаптардың, техникалық және көрнекі құралдардың қауіпсіздігін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="598D4A13" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     белгіленген есептік құжаттаманы сапалы және уақтылы жасауды қамтамасыз етеді және кері байланысты ұсына отырып, педагогтердің сабақтарын талдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5FB3EA" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     оқу процесін жетілдіру бойынша әдістемелік сағаттар, оқыту семинарлары, тренингтер өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E85D8E6" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     педагогикалық кеңестердің күн тәртібі мен материалдарын дайындайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FDEAE93" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="008E2FC2" w:rsidRDefault="008E2FC2" w:rsidP="008E2FC2">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер арасында сыбайлас жемқорлыққа қарсы мәдениетті, академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CDBE7A9" w14:textId="77777777" w:rsidR="00D57C6D" w:rsidRPr="00855DB0" w:rsidRDefault="00D57C6D" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B532951" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00D57C6D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00855DB0" w14:paraId="76F04152" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4A740EED" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="616D6CE4" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF75C04" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5591E297" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00855DB0" w:rsidRDefault="00A816C9" w:rsidP="00707572">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00741625" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> min</w:t>
+            </w:r>
+            <w:r w:rsidR="00366DD4" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>192189-</w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00366DD4" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>197852</w:t>
+            </w:r>
+            <w:r w:rsidR="005B4E03" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мың </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58AE8C3A" w14:textId="77777777" w:rsidR="00366DD4" w:rsidRPr="00855DB0" w:rsidRDefault="00366DD4" w:rsidP="00366DD4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B4670F3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00366DD4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1867F8FD" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00366DD4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67C7CC29" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00366DD4">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="005859A4" w14:paraId="00BEACB5" w14:textId="77777777" w:rsidTr="00707572">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A06CD5D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72015C3F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="393CD9A5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E76530C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, педагогикалық жұмыс өтілі кемінде 3 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C5CF7D5" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="008E2FC2" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E2FC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) білім беру ұйымының "үшінші біліктілік санатты басшысының орынбасары" немесе "екінші біліктілік санатты басшысының орынбасары" немесе "бірінші біліктілік санатты басшысының орынбасары" біліктілік санатының болуы не "педагог – сарапшы" біліктілігінің болуы немесе "педагог – зерттеуші" немесе "педагог – шебер" біліктілігінің болуы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259C859D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00855DB0" w14:paraId="59F3D642" w14:textId="77777777" w:rsidTr="00707572">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF458F9" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12060B4C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEC227D" w14:textId="1E1897BF" w:rsidR="00B1578A" w:rsidRPr="00855DB0" w:rsidRDefault="005859A4" w:rsidP="005859A4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00005FB1" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00005FB1" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-28</w:t>
+            </w:r>
+            <w:r w:rsidR="00005FB1" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00005FB1" w:rsidRPr="00460BBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00855DB0" w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="005859A4" w14:paraId="72D0E3D8" w14:textId="77777777" w:rsidTr="00707572">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A6F970C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2602B3A1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50B1DC2A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52580555" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) жеке басын куәландыратын құжат не цифрлық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D17210" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F117DAC" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0EE940" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40173E2D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 075/у нысаны бойынша денсаулық жағдайы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B91CFD" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) психикалық, мінез-құлықтық бұзылушылықтары бар аурудың динамикалық бақылауда жоқтығы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1699EB2E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) наркологиялық аурудың динамикалық бақылауда жоқтығы туралы анықтама; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E01250" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="142B4F4C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе айелтс IELTS (IELTS) – 6,5 балл; немесе тойфл TOEFL (іnternet Based Test (іBT)) – 60-65 балл көрсеткіші бар сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C8DCDFB" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>      11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4723F8F0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       12) осы Қағидаларға 17, 18-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A11F876" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       13) жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E75A893" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="52C1CA82" w14:textId="77777777" w:rsidR="001674FD" w:rsidRPr="00855DB0" w:rsidRDefault="001674FD" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...39 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2217 lines deleted...]
-    <w:p w14:paraId="7A1547C7" w14:textId="77777777" w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="6F82AC93" w14:textId="77777777" w:rsidR="00707572" w:rsidRPr="00855DB0" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D6F9628" w14:textId="77777777" w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="03236AF5" w14:textId="77777777" w:rsidR="00707572" w:rsidRPr="00855DB0" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CE03B18" w14:textId="77777777" w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="00CAEDAF" w14:textId="77777777" w:rsidR="00707572" w:rsidRPr="00855DB0" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2147FB43" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="040CFA4B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00EABDB3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші басшылары мен педагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487C340E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE5D9AE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDCC281" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231E7D9F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C5FD6C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D980F12" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D870287" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Кандидаттың Т. А. Ә, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F78B87B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254A0C72" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CC2903" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474E2963" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9697E1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584D4F34" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E46E23" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E61EBEF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA52B01" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...214 lines deleted...]
-    <w:p w14:paraId="4DDC1F05" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="746FB6E0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. Қазіргі кезде _________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="109ED577" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="7CC7B6C4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="386FF71F" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="14BB861A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      жұмыс істеймін.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A681F47" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="79144186" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4784B76A" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="1922A6B8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...86 lines deleted...]
-        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
+        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="366DE854" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="2374BCA2" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B07C930" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="6162B031" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Наименование учебного заведения</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34BE16A5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="220E2F5B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Период обучения</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B779A78" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="153B6A96" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Специальность по диплому</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="5083856E" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="3FAF28CA" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3176A660" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="507558E9" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FD96BC5" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="40E0B61D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43083590" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="07B75DB7" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-              <w:pStyle w:val="a5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2092ED87" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60A2BBB4" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="3DBC9191" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5E07D410" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="06294CC2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A3B2E">
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):_____________________________________________________</w:t>
+        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5F4453" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="79726339" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A3B2E">
+      <w:r w:rsidRPr="00855DB0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Стаж педагогической работы: _______________________________________</w:t>
-[...19 lines deleted...]
-        <w:t>Стаж работы:</w:t>
+        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="10"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2027"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2028"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1966"/>
+        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3DB571B0" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...92 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="080091E0" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34557D1D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EADA1AB" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761FF8AE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2285" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43942A11" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="261E9596" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E5D52F0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D43AAE9" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="712F6179" w14:textId="77777777" w:rsidTr="00FF32A9">
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="23E301FC" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E90110" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDA8F9D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C45AD9" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2285" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDDDE04" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="099B3F96" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41BB4021" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="56CFE5A1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...114 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B770BE1" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="00A93D77" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Мынадай жұмыс нәтижелерім бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A7A7E3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E0AF5E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B490ED" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75289D99" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3232FE0E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69492225" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="510F9EF6" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="35AFD516" w14:textId="77777777" w:rsidR="008E2FC2" w:rsidRPr="00855DB0" w:rsidRDefault="008E2FC2" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...7057 lines deleted...]
-          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="731"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="6046"/>
+        <w:gridCol w:w="3905"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="00438C1D" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="78236302" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...71 lines deleted...]
-              <w:t>Кол-во баллов (от 1 до 30)</w:t>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358E7932" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CC4297" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="71B0B0D7" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="5E6B62F7" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="2763"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...1159 lines deleted...]
-              <w:t>от 3 лет -3 балла</w:t>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="009A40DC" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B6F896" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4004D722" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="58C0862E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E">
-[...3 lines deleted...]
-        </w:sectPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z234"/>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="6CE8747D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC9E130" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="731"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3027"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="71BF1C36" w14:textId="77777777" w:rsidTr="003A3B2E">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="60C49BB6" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="561"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-            <w:tcW w:w="3881" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D0B8FD" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D55B7D8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-            <w:tcW w:w="3027" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7AD5EC" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6DB3B2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E93A242" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="0A757D4B" w14:textId="77777777" w:rsidTr="003A3B2E">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="7BB48742" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="596"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="719677DF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34818F49" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6962C54C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D37F663" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F3FE85" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497803E4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары үздік = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C3A17EC" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="163B7464" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B5D69A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F6B3E0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="145F81BA" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F007F08" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4116342B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BDC1C6F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="5D2966C8" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01ECDE4C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7718C566" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C59D851" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCC4203" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="500D5BD5" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B88E634" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF41AFA" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58BBCA9A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3758515C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басшының үшінші біліктілік санатындағы орынбасары = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523600FA" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басшының екінші біліктілік санатындағы орынбасары = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CD04664" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басшының бірінші біліктілік санатындағы орынбасары = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="68201019" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1858FB9F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B9CAFF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AAD5001" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін алмастыратын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E33F7B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі 2 жылға дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A073B1B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі екі жылдан көп = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62736A73" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі 2 жылға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C7B059" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директордың орынбасары, лауазымдағы жұмыс өтілі екі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жылдан көп = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C4EF66" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылға дейін = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2920BDDA" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылдан көп = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="3E23EE51" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3116849C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EA17A8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9A70B4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыным хат (педагог лауазымы бойынша соңғы жұмыс орнынан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E2A015" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="7B5DBD24" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A651B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098581D2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соңғы 5 жылдағы кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D213ED" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен конкурстар жеңімпаздарының дипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5353659B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416DC479" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1735A4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) қалалық/аудандық олимпиадалар мен конкурстардың жеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3471ACB2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07FAF385" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) ғылыми жобалар: қалалық/аудандық = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415CFA67" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26FF0707" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) "Үздік педагог" конкурсына қатысушы = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20BD6792" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) "Үздік педагог" конкурсының жеңімпазы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3AFF38" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5) "Қазақстанның еңбек сіңірген ұстазы" медалінің иегері = 10 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="4F93823B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="562DF7F3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8E1871" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="324C87DC" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторлық жұмыстары мен жарияланымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D04D079" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBE8BB8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="350302E9" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БССҚК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="73C510E2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F7E640" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3881" w:type="dxa"/>
-[...52 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="094916C5" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FB3E29" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="688C8661" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720C2F1F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5878AA14" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екі тілде сабақ беру, орыс/қазақ = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282197CF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC9B22C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үш тілде сабақ беру (қазақ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>орыс, шетел) = 5 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="3C16031E" w14:textId="77777777" w:rsidTr="003A3B2E">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="005859A4" w14:paraId="3B0861A1" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A259234" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3881" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E66C881" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0826E11F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- пәндік даярлық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56971716" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D5D8300" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0777994E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1240F405" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60DE1D82" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441EFF2F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" бағдарламалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74308AAF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054548E6" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E0A53A1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D372A8A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4867F548" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57399C74" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5833EB0D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ACD348D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D65F578" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B86B3D2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19AD2DBF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C0C38B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="351A6617" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50CB5BD8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Certificate in teaching English for young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="248F3EFE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="267061BA" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4061F30A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B591A4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A0ED3C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B9FA88" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49CCDDD1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53666D6C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B80A18D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30C2657B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CBBEF8F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E20C8D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w14:paraId="79812E6D" w14:textId="77777777" w:rsidTr="003A3B2E">
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="3DC171CA" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="9526"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="731" w:type="dxa"/>
-[...1125 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B962040" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5953" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59600B05" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54939B80" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04BAED60" w14:textId="77777777" w:rsidR="003A3B2E" w:rsidRPr="003A3B2E" w:rsidRDefault="003A3B2E" w:rsidP="003A3B2E">
+    <w:p w14:paraId="413728A0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      * жеңімпаздар санына қарамастан, 6-тармақта соңғы бес жылдағы олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1E5E95" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ғылыми жобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл тиісінше</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341F7FE1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      республикалық олимпиадалар мен конкурстардың жүлдегерлері = 3 балл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6033"/>
+        <w:gridCol w:w="3918"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="366F6908" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3779970E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA4D664" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C1A028" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3329F29A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B4CD024" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CD9D8E1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C622DD8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D8585EB" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдардан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="6E43AD09" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1D17AB" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5621EB10" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35522583" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z236"/>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="327FF128" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="2B75D427" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6258B388" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEC60AA" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A45480E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEA02F3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="3CA456F5" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71534CF1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23BBA959" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715C6F1B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021F4C5C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05C1081E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік үздік = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59611E32" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DD056F1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр (педагогикалық бағыт бойынша) = 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="0FB21885" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A8D524" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73057B46" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34572B49" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2456EE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00279FE9" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B2E7102" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="766807BE" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E637069" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DC4F64" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан өту нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE6607" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FCE4F2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E7FFEB" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A519259" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="50A130BF" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFDF2B2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C545515" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Педагогикалық/ кәсіби практика нәтижелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A50C5DE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C3BB2D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF08BE8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293425F7" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="62A4E567" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D7FC2F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F26706" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орнынан ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="686723C0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D35D08" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="7BC98E0E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B019707" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370BD5FD" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Волонтерлік жұмысқа қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1D1ADB" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639C3C7E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="404662B1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5B9895" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF982BE" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы бар интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми жобалар, сабақтар, семинарлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71197B2D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79976A7A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 жылға дейін -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40DCB159" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D8C73E1" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 жылдан жоғары -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="0B4F9D22" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67450620" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E08F40E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жазғы лагерьлердің жұмысына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1887B5A6" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29505EBF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="573DA452" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="084BC95E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E78CE79" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орындары бойынша конкурстарға қатысу (ғылыми жобалар, шығармашылык және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B95E20E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қатысу құжаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="200E14B8" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әрбір қатысқаны үшін 1 балл, бірақ 4 балдан аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="72AC0444" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D5B095" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE43952" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; Goethe Zertifikat сертификаттары, "Python бағдарламаның негіздері", </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">"Microsoftта жұмыс істеуге үйрету" бағдарламалары бойынша оқыту </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7077B58F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7D26AF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B41EB9A" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF85F98" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65780C3B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497A0E3F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A81666B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0143076B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0380409B" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3B3EA4" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDF1816" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 балл (әрқайсына бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00855DB0" w:rsidRPr="00855DB0" w14:paraId="389B1AC7" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4862" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2CA3B5" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855DB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67912C18" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="475590A6" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="315F2267" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B7A8A7" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00855DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CDE357" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12312E9B" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="003A3B2E" w:rsidRDefault="005C4926" w:rsidP="003A3B2E">
+    <w:p w14:paraId="46973DD2" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005C4926" w:rsidRPr="003A3B2E" w:rsidSect="00DB5787">
+    <w:p w14:paraId="332B8A7D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286CB826" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE1625E" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A87A4CF" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CA925C" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="365DA253" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="412907E5" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E20A971" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2611384F" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DA9E385" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798A67B0" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB8CD3D" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A67234" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D7814F3" w14:textId="77777777" w:rsidR="00855DB0" w:rsidRPr="00855DB0" w:rsidRDefault="00855DB0" w:rsidP="00855DB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C882E0" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRPr="00855DB0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015181A1" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRPr="00855DB0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE69E15" w14:textId="77777777" w:rsidR="006839BA" w:rsidRPr="00855DB0" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="604B65FE" w14:textId="77777777" w:rsidR="006839BA" w:rsidRPr="00855DB0" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4794A8DD" w14:textId="77777777" w:rsidR="006839BA" w:rsidRPr="00855DB0" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006839BA" w:rsidRPr="00855DB0" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01030A83"/>
+    <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D84094F6"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="232"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="217"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="645" w:hanging="217"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="947" w:hanging="217"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34C4D548">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1250" w:hanging="217"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AA343C20">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1552" w:hanging="217"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1855" w:hanging="217"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="217"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2460" w:hanging="217"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06121CE7"/>
+    <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FAAE798A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="315"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4600C024">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="220"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="645" w:hanging="220"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96966AE6">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="947" w:hanging="220"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1250" w:hanging="220"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53D81230">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1552" w:hanging="220"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42B483C6">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1855" w:hanging="220"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="220"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2460" w:hanging="220"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D6C1A91"/>
+    <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A31604F8"/>
-[...246 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="1C286B18">
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="399" w:hanging="280"/>
-[...20 lines deleted...]
-        <w:ind w:left="1440" w:hanging="280"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62E20082">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2480" w:hanging="280"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3520" w:hanging="280"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="280"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5600" w:hanging="280"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6640" w:hanging="280"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7680" w:hanging="280"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36F0250A">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8720" w:hanging="280"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="254450FB"/>
+    <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D1AC6B68"/>
-    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="399" w:hanging="280"/>
-[...20 lines deleted...]
-        <w:ind w:left="1440" w:hanging="280"/>
+        <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
-[...88 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5D560044">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...390 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="120" w:hanging="283"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...10 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2256" w:hanging="283"/>
+        <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3324" w:hanging="283"/>
+        <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4392" w:hanging="283"/>
+        <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E10AF540">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5460" w:hanging="283"/>
+        <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32F0870E">
-[...2 lines deleted...]
-      <w:lvlJc w:val="left"/>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6528" w:hanging="283"/>
+        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1897 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="19"/>
-[...46 lines deleted...]
-  <w:num w:numId="22">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB0AC1"/>
-[...73 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="00005FB1"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00016C02"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00052FD4"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F63DE"/>
+    <w:rsid w:val="000F7028"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00121BC2"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153C55"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="001674FD"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5033"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D7B6C"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A1C73"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0DAF"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E2498"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003070B8"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F35"/>
+    <w:rsid w:val="00366DD4"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="0037305C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="0039030B"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5067"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E369C"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="00430254"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="004323DA"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442077"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470B3B"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="00496EE3"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B3899"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D2777"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="004F73F5"/>
+    <w:rsid w:val="00504C1E"/>
+    <w:rsid w:val="00505DA3"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="00571B54"/>
+    <w:rsid w:val="00574BA0"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005859A4"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A0AF6"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4E03"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3A9F"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E5BF8"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634929"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="0065168F"/>
+    <w:rsid w:val="006552C9"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006839BA"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A5657"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006D47BC"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3405"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F1A20"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00701022"/>
+    <w:rsid w:val="00705A37"/>
+    <w:rsid w:val="00707572"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741625"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007815A8"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D763A"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00826F72"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855DB0"/>
+    <w:rsid w:val="00856C0D"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00876678"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E003A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E2FC2"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00955FE3"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E30D9"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A816C9"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B0675B"/>
+    <w:rsid w:val="00B14D61"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA73F0"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C7473C"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D123C0"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15644"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D26C77"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5715E"/>
+    <w:rsid w:val="00D57C6D"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E319D9"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7201E"/>
+    <w:rsid w:val="00E72CE4"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E754F0"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB4474"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED070E"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00ED5A41"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F574B3"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F85F70"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB5C90"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF0EAC"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0A80C37D"/>
-  <w15:docId w15:val="{E5B06E17-E6BF-46C2-93F2-6B21B2320B7E}"/>
+  <w14:docId w14:val="5E809D51"/>
+  <w15:docId w15:val="{1EB8C98B-F9DD-4DC2-AB6D-FE1363A671D7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16816,55 +12176,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16933,51 +12293,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -17129,699 +12489,664 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB0AC1"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F417D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...6 lines deleted...]
-    <w:rsid w:val="00BE135D"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a8"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00855DB0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...45 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...103 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="654917497">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="775448987">
+    <w:div w:id="671421364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="936328936">
+    <w:div w:id="1132209507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1047534288">
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752696891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1953196761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B46E4840-8A9B-40DD-A1EE-945F2A232527}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2356</Words>
-  <Characters>13430</Characters>
+  <Words>2490</Words>
+  <Characters>14196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15755</CharactersWithSpaces>
+  <CharactersWithSpaces>16653</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>