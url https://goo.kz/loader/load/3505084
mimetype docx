--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,27730 +1,23775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="682AD5C4" w14:textId="77777777" w:rsidR="008E22E0" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
+    <w:p w14:paraId="42183B35" w14:textId="77777777" w:rsidR="004B3899" w:rsidRPr="00705A37" w:rsidRDefault="00705A37" w:rsidP="004B3899">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
+      <w:r w:rsidRPr="00705A37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1182">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>КГУ «Средн</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000353B7" w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">яя общеобразовательная школа имени </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AE14E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>М.Ауэзова  города Павлодара» объявляет конкурс на</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сының   бейндік оқыту  </w:t>
       </w:r>
-      <w:r w:rsidR="00880F76">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> вакантную </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> должность </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбасары лауазымына конкурс жариялайды</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...69 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="390"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7540"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="3371"/>
+        <w:gridCol w:w="6485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="19875FC1" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00237395" w14:paraId="2F5445C2" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1646B56C" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="36A43706" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31AABA57" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="54DFA1B1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBB67BB" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="224AEC34" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="06206F6B" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w14:paraId="61D3A787" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="79713B76" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="4F04E62A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08032198" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="09FEA610" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B2C8447" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="09356E43" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="006E3405">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00701022" w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Республика Казахстан, Павлодарская</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A0524" w:rsidRPr="00A42F53">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> область,                      </w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">город </w:t>
-[...17 lines deleted...]
-              <w:t>авлодар, улица Ткачева,15</w:t>
+              <w:t>Ткачев көшесі 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="32117185" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w14:paraId="67193ACF" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="255F03F6" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="0FCEBFCF" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4927AEA9" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="09A132E8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12646F60" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="00AD1156">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="082AA56F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="007815A8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AD1156" w:rsidRPr="00A42F53">
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00456612">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+              <w:t>22-2</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="1CAA3A66" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w14:paraId="4B0CFC05" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="623CC545" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="4DF20CD6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5068CC9F" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="59E34E53" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7EC075" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="0040A52A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="006E3405" w:rsidP="00701022">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A42F53">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="50204571" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00456612" w14:paraId="60EAF9B6" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="498F1220" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="4C2D3BC3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10B742E0" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="7E5A77EF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="618D3868" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRDefault="00A722F9" w:rsidP="00815E1D">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="6FB812B1" w14:textId="77777777" w:rsidR="004B3899" w:rsidRPr="004B3899" w:rsidRDefault="004B3899" w:rsidP="004B3899">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">Мектеп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3899">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>аместител</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000353B7" w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">басшысының </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3980">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ь</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">бейіндік оқыту </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00800752" w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3899">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">руководителя </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">жөніндегі орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B20EB5" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="007815A8" w:rsidRDefault="007815A8" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> по </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0035625A">
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>учебной   работе– 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007D763A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставк</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0035625A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE14E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">а </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FB0AC1" w:rsidRPr="00A42F53">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">ставка </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="0A12393F" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00237395" w14:paraId="35C7A247" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0114D46D" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="317AB1A8" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="172611F2" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="4AFE3B25" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8B3B2C" w14:textId="77777777" w:rsidR="0035625A" w:rsidRPr="0035625A" w:rsidRDefault="0035625A" w:rsidP="0035625A">
-[...447 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w14:paraId="162FCE5D" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушыларға бейіндік білім беру жүйесін енгізу жоспарын жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="430C8A0C" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Қолданбалы және элективті курстардың мамандандырылған оқу бағдарламаларын бағдарламалық және әдістемелік қамтамасыз етуді қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5318B40B" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Жоғары (бейінді) сыныптарды аяқтау үшін объективті негіз ретінде негізгі мектеп бітірушінің қорытынды білім рейтингін қалыптастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75BFE0FC" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Мамандандырылған оқыту, түрлі деңгейдегі бағдарламаларды енгізу бойынша білім беру ұйымының қызметін ұзақ мерзімді болжау мен жоспарлауды ұйымдастырады және талдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D271F54" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтардың кәсіби шеберлігін арттыру және біліктілігін арттыру мақсатында педагогикалық ұжымның қызметін үйлестіреді: оң педагогикалық тәжірибені жалпылау және тарату, мұғалімдердің әдістемелік бірлестіктерінің жұмысын ұйымдастыруда инновациялық технологияларды ұйымдастыру және сынау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40E9B60D" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әртүрлі деңгейдегі білім беру бағдарламаларын таңдауға, «мектеп-жоғары оқу орны», «мектеп-колледж-жоғары оқу орны», «колледж-жоғары оқу орны» үздіксіз білім беру жүйесінде қиылысатын оқу жоспарлары бойынша оқытуға мүмкіндік береді, оқуға кәсіби бейімділіктерін ашу. ғылымдар, одан әрі білім беруді бейіндік ету мақсатында оларды тереңдетіп оқыту үшін әртүрлі циклдердің пәндерін өз бетінше таңдау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F9F713" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Жоғары, техникалық және кәсіптік білім беру ұйымдарымен бірлесіп бағдарлау жұмыстарын жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70887262" w14:textId="77777777" w:rsidR="00AE14E1" w:rsidRPr="00375331" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Компьютерлік сауаттылығы, ақпараттық және коммуникациялық құзыреттілігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D991BAD" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00D57C6D" w:rsidRDefault="00AE14E1" w:rsidP="00AE14E1">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00375331">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Есептік құжаттаманың сапалы және уақтылы дайындалуын, сенімділігін және белгіленген тәртіпте жеткізілуін қамтамасыз етеді.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="7D0643E0" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00237395" w14:paraId="29CAB13A" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="782AD0E4" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="46A93CE2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9CC513" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="659181B1" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22412253" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="1A294A1B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="37CE9B60" w14:textId="77777777" w:rsidR="00AD1156" w:rsidRDefault="00FB0AC1" w:rsidP="000A57B8">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D0CA961" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00A816C9" w:rsidRDefault="00A816C9" w:rsidP="00707572">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">за </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00741625">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 ставку </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F95C75" w:rsidRPr="00A42F53">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1182">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> мөлшерлемеге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="008E003A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>92189</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> min</w:t>
+            </w:r>
+            <w:r w:rsidR="00707572">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>165564</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008E003A" w:rsidRPr="008E003A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 197852 </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidR="006E3405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тысяч </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>201334</w:t>
+            </w:r>
+            <w:r w:rsidR="005B4E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге</w:t>
-[...8 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> мың </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>теңге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="6B17774D" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00237395" w14:paraId="08309149" w14:textId="77777777" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7466D83D" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="5FFDC061" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E3405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2882A3B5" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="24CA3FED" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="36CF20DC" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E033625" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432C640D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5C411B7B" w14:textId="77777777" w:rsidR="00E754F0" w:rsidRPr="002D0DAF" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе педагогикалық қайта даярлау немесе кәсіптік педагогикалық білімі болуы тиіс, еңбек өтілі 5 жылдан кем емес ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C82935" w14:textId="77777777" w:rsidR="00E754F0" w:rsidRPr="00305535" w:rsidRDefault="00E754F0" w:rsidP="00E754F0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0DAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E1A2D5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w14:paraId="07FEF259" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="009E30D9" w14:paraId="523958EF" w14:textId="77777777" w:rsidTr="00707572">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E48AF5E" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="4A425112" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457CA6A7" w14:textId="77777777" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+          <w:p w14:paraId="6D2CF82D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A123819" w14:textId="208DCA94" w:rsidR="00FB0AC1" w:rsidRPr="00A42F53" w:rsidRDefault="003D79C2" w:rsidP="003D79C2">
+          <w:p w14:paraId="7139D1FA" w14:textId="3C986E6D" w:rsidR="00B1578A" w:rsidRPr="00CE11BB" w:rsidRDefault="00237395" w:rsidP="00237395">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="0079514A" w:rsidRPr="00460BBE">
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4DED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5-2</w:t>
-[...7 lines deleted...]
-              <w:t>8.0</w:t>
+              <w:t>5-28</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>05.</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0079514A" w:rsidRPr="00460BBE">
-[...5 lines deleted...]
-              <w:t>.2025 г.</w:t>
+            <w:r w:rsidR="00DE4DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE11BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ж. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5AE36FDF" w14:textId="77777777" w:rsidTr="00A42F53">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00237395" w14:paraId="3E97E456" w14:textId="77777777" w:rsidTr="00707572">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="390" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA3FCF3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+          <w:p w14:paraId="7D159F10" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="009E30D9" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="3371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="602BCE17" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+          <w:p w14:paraId="41842BA3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="009E30D9" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A42F53">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7540" w:type="dxa"/>
+            <w:tcW w:w="6485" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B8E4411" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...108 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="068AEBC1" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-қосымшаға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A82EEEE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C14F38F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AD07949" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC9B22B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C514DB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нұсқаулықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 075/у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61BDEB80" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мінез-құлықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұзылушылықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>динамикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бақылауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E007473" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>динамикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бақылауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02804FA6" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7C4E0D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) ағылшын тілі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60-65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>көрсеткіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ECB0BCA" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      11) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4)</w:t>
-[...545 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AA41A11" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...106 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="3E8FFE4E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       12) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17, 18-қосымшаларға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="351BB979" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03A72736" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62479E98" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="641F870A" w14:textId="77777777" w:rsidR="001674FD" w:rsidRDefault="001674FD" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="709C0C3A" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="288C75A2" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D8DF333" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="2F898A04" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39B7B52F" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRPr="00A42F53" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="4A807DD7" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57AE94C1" w14:textId="77777777" w:rsidR="00F86BC7" w:rsidRPr="00A42F53" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="3E687866" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F8D914B" w14:textId="77777777" w:rsidR="00A66604" w:rsidRPr="00A42F53" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="48DFABFC" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...239 lines deleted...]
-    <w:p w14:paraId="71E0733F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="47D5AE99" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AB232B2" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="6B980B6E" w14:textId="77777777" w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="314FA56A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="42FB71B9" w14:textId="77777777" w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5789A9AD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="43469C4D" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="573F2757" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="06E70480" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CD5181D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="67A463C3" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="289411B3" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5377BC0B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3375DECB" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF0E1B2" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="730F3C3B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A86AA15" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B37AAD8" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A1D152" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E8211C" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F4B25C8" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F5581B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F41AD3F" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A00E86" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6859ECD7" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CDFDCDB" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132894DA" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16E33A20" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2639A9AE" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D2F39B4" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C5586C" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18DE239E" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D092BF5" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E81B64" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A6F8671" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2385A952" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BD6376" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="519D9A4E" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26358684" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E764A2C" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B085A1E" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A760C8A" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DCBC33B" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0D71A5" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17CD9E29" w14:textId="77777777" w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46394EDB" w14:textId="77777777" w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F92F7BC" w14:textId="77777777" w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6436A868" w14:textId="77777777" w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE79811" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C18870" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының бірінші басшылары мен педагогтерін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259BF65F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымға тағайындау, лауазымнан босату </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B477180" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDA3748" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0487A1B2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6252E9A7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DA8A28" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F2D5E1" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Кандидаттың Т. А. Ә, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A03FF2B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2660D3B6" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA6C4B5" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D53A8D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A343B84" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DC2060" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="060ACC68" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="27D2F285" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t>Заявление</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67506A46" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="62AEA484" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1309FDFD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="60EA51BD" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01617E5F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="184EAE2F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. Қазіргі кезде _________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1439C37A" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="1D7CF17B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="070CE54F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="5D48BC32" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      жұмыс істеймін.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C5B958" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="4A68B310" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAA520B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="35CCAB44" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="2AA7EDFF" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00641231" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7A1A32AE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-              <w:t>Наименование учебного заведения</w:t>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A1A99E3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5A173060" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-              <w:t>Период обучения</w:t>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="098E5E84" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="46A7B3C2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-              <w:t>Специальность по диплому</w:t>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="56B8E942" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="0F3924A4" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07D311AA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="07622549" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47594C5F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5B3D063C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47D3B965" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4F2505C9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="207C2C36" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5A5BCFA0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0ED97A6C" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="1E3F5031" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="483A34DC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="7DF42C82" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...13 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0ABB87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="1B5C66B9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...31 lines deleted...]
-        <w:t>Стаж работы:</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="10"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2027"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2028"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1966"/>
+        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="4D85A064" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="464883C3" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="391913A3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...14 lines deleted...]
-              <w:t>Общий</w:t>
+          <w:p w14:paraId="42DD8579" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12131FE5" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...14 lines deleted...]
-              <w:t>Педагогический</w:t>
+          <w:p w14:paraId="47564A9F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BB5934" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...14 lines deleted...]
-              <w:t>С т а ж государственной службы</w:t>
+          <w:p w14:paraId="5479A388" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6859DE87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...14 lines deleted...]
-              <w:t>По специальности ( для специалистов субъектов предпринимательст ва)</w:t>
+          <w:p w14:paraId="59837637" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABADB8D" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="235B05B5" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75F6AF8A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13B94995" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="5B0F059E" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="501D2128" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A66F2F3" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="66F3B73D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8306DA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2EC9927A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAACA57" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="06051AB4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="262129DF" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0CDE30B4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2028" w:type="dxa"/>
+            <w:tcW w:w="1904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="615027AD" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="42FF1D8A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A575C35" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="088DD633" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="347946FB" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="445F0DC3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Мынадай жұмыс нәтижелерім бар: ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA4C9FA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="0D9FC444" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE53789" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="453910B0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3941FB51" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335321ED" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1749503A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72976D5A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53907A0E" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6046"/>
+        <w:gridCol w:w="3905"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="48FB8E9C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364AFCF3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D6B570" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="4A119DC2" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="759AD980" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5096F3BE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="20DDFE3C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      <w:bookmarkStart w:id="1" w:name="z234"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="7F6F06B4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A74B84" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="61612F75" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...5 lines deleted...]
-        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7028" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="75140A55" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="4BF63662" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcW w:w="893" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="38" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="63" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7508FE63" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="6866964F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A149BD" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4096A6DC" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8C1F89" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="10A2ADE7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="19CD4599" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9121AC" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC595AE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="600C1804" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B022932" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CF3318A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C054D3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5582E663" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="37D7E8AD" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F3CC0E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE82E40" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F42F5CA" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DC041F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21970CE1" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AD5D1A1" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="69A2E8DF" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="710610DB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C1A3DD" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB803F7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017CFACB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32ADEC21" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5548722C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5750F290" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5776681C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7484E64A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2983A935" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFF27B4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="6A4E52A7" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CCB3F7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D20D55C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA600F6" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7FD5B3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0936294B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DDAE00F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D29A08" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6C050A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0A2C32" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="100DC19E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C5BE5D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1224CCA1" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CB03F9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6425E0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="7C1493BF" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC9898F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AF37E0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіби </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFF48D7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="689A5059" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03094412" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="158522EF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F99EDBD" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F423E02" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B519E1A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352B414F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="577542E6" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48944B2B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>медалінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="7256DBD7" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C751281" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7253AC1D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFEB8CB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D03F8B8" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C6994CA" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="797E0370" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БССҚК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="38547821" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="093CC690" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9A34BC" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E619DD" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477B2002" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5987B5B5" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4652B772" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E547052" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3865E6CF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 5 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00237395" w14:paraId="4BB6E69D" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B91572B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C9C38B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245F8ACF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- пәндік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="005CDC7A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0582ED6B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ADAE516" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A933C39" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D79FEFB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C37C214" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621D6828" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1D31C024" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A4F75A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB1FC1C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46216B6E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B2329B7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F040148" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37B22303" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F60D98" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45746273" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF1B4A4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FABA967" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="778ECC9A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C4C1746" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Certificate in teaching English for young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E259E7D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143DF4E2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E842EB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145BE96C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2516829E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B9DAB95" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ACC5836" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C60C471" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175CFF11" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65B1E4BF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A16EB7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="702161EE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="689D5F99" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9F851" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5953" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="737808C0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EF498F9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CDD4E26" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="786953EF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...21 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6-тармақта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) бойынша 0,5 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескеріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E5B19F1" w14:textId="77777777" w:rsidR="000A57B8" w:rsidRDefault="000A57B8" w:rsidP="000A57B8">
+    <w:p w14:paraId="7BC5F27A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-        <w:t>Приложение</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...2 lines deleted...]
-          <w:spacing w:val="-10"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...4 lines deleted...]
-        <w:t>17</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобалар</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="50BE90BA" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="73F43FDB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42F53">
-[...3 lines deleted...]
-        <w:t>к Правилам назначения</w:t>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...2 lines deleted...]
-          <w:spacing w:val="40"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...3 lines deleted...]
-        <w:t>на</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...2 lines deleted...]
-          <w:spacing w:val="-13"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...3 lines deleted...]
-        <w:t>должности,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A42F53">
-[...474 lines deleted...]
-        <w:t>наличии)</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="873"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3415"/>
+        <w:gridCol w:w="6033"/>
+        <w:gridCol w:w="3918"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A42F53" w:rsidRPr="00A42F53" w14:paraId="6E51583D" w14:textId="77777777" w:rsidTr="00FF32A9">
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="7DF20F9A" w14:textId="77777777" w:rsidTr="00FF32A9">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094C616F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...15 lines deleted...]
-              <w:t>№</w:t>
+          <w:p w14:paraId="7C42B967" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52428384" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...15 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="26CFA692" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0735F626" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C30D1BE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37EB39DE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5617DD4D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C91C323" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EF812B2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="6791536D" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4D7816" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBC2E87" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...33 lines deleted...]
-              <w:t>документ</w:t>
+          <w:p w14:paraId="1904C8A0" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D3A6A5E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z236"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="28802245" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="550F75F5" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A51C723" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...92 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4D2D21BA" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5040CC" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...1864 lines deleted...]
-              <w:ind w:right="515"/>
+          <w:p w14:paraId="5773C1B9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14771 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55750698" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...174 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0EDBB84B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1E39BFCF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="700A226E" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56AF8223" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26206716" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="441F7FD3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="058AC6F8" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...70 lines deleted...]
-              <w:t>Ссылки</w:t>
+          <w:p w14:paraId="07778A69" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10059FEF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D559BC" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE046D5" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша) = 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="15F049EE" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD7D9FC" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A76008" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
-[...173 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="26D2747C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CB8E03" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0614088C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49989549" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DA3F4B9" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="18245E2B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E50F884" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435ABD9D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B290BD3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B764AF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569E6EE8" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17119240" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="23C7A2FA" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463D64F2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C568323" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ кәсіби практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF1ACC8" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7E510C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57F7EB69" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D0F01DF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="3232CF6C" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC417EE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D6C766" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAC67E6" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="241AC636" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="4398D26B" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="624C38DA" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="212DDC23" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7762F57D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A70C741" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="10886945" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CD297D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BD7959" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE53C79" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="314DD270" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118EDC7F" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30ADA464" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="090CAFF1" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3B46D8" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6919B0F2" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A62402" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C03061" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="117D7B67" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C65497" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A80CDB" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67020BE4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="548F1DF7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="713A3BEE" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F3DCC3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4768DD1C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoftта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF764D3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="59E3AA79" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E0FCA2A" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECB5772" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E66E02" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0817020B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75B62620" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E19A6D" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54EE2ABA" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEA0753" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6027C840" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әрқайсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бөлек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE11BB" w:rsidRPr="00550F72" w14:paraId="3FA8A7F3" w14:textId="77777777" w:rsidTr="00FF32A9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4862" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6219FCE4" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00550F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A07922B" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F7F3F35" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00FF32A9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7107A65F" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="443FEAFF" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63270AAE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        </w:sectPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00550F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD1B171" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2524 lines deleted...]
-    <w:p w14:paraId="154E6998" w14:textId="77777777" w:rsidR="00A42F53" w:rsidRPr="00A42F53" w:rsidRDefault="00A42F53" w:rsidP="00A42F53">
+    <w:p w14:paraId="66911C08" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C359EF1" w14:textId="77777777" w:rsidR="00A66604" w:rsidRPr="00A42F53" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="67ED52F8" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="301F82A1" w14:textId="77777777" w:rsidR="00130AF6" w:rsidRPr="00A42F53" w:rsidRDefault="00130AF6" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="1694DBCC" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E336BA" w14:textId="77777777" w:rsidR="00A66604" w:rsidRPr="00A42F53" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="67C0E392" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EB7480C" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+    <w:p w14:paraId="6DE7364C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...40 lines deleted...]
-    <w:p w14:paraId="5F7D9EF4" w14:textId="77777777" w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+    <w:p w14:paraId="5A1AEEC7" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005C4926" w:rsidRPr="00A42F53" w:rsidSect="00DB5787">
+    <w:p w14:paraId="56473B28" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B558D5" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="191D9B0E" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD219FE" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A3BD7B3" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44CED13C" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D3DB127" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C21483" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A99BC47" w14:textId="77777777" w:rsidR="00CE11BB" w:rsidRPr="00550F72" w:rsidRDefault="00CE11BB" w:rsidP="00CE11BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D8F610" w14:textId="77777777" w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006839BA" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01030A83"/>
+    <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D84094F6"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="232"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="217"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="645" w:hanging="217"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="947" w:hanging="217"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34C4D548">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1250" w:hanging="217"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AA343C20">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1552" w:hanging="217"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1855" w:hanging="217"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="217"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2460" w:hanging="217"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06121CE7"/>
+    <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FAAE798A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="315"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4600C024">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="220"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...8 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="645" w:hanging="220"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96966AE6">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="947" w:hanging="220"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1250" w:hanging="220"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53D81230">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1552" w:hanging="220"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42B483C6">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1855" w:hanging="220"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="220"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2460" w:hanging="220"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D6C1A91"/>
+    <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A31604F8"/>
-[...246 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="1C286B18">
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="399" w:hanging="280"/>
-[...19 lines deleted...]
-        <w:ind w:left="1440" w:hanging="280"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62E20082">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2480" w:hanging="280"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3520" w:hanging="280"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4560" w:hanging="280"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5600" w:hanging="280"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6640" w:hanging="280"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7680" w:hanging="280"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36F0250A">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8720" w:hanging="280"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="254450FB"/>
+    <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D1AC6B68"/>
-    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="399" w:hanging="280"/>
-[...19 lines deleted...]
-        <w:ind w:left="1440" w:hanging="280"/>
+        <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
-[...88 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5D560044">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...386 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="120" w:hanging="283"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...10 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2256" w:hanging="283"/>
+        <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3324" w:hanging="283"/>
+        <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4392" w:hanging="283"/>
+        <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E10AF540">
-[...1 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5460" w:hanging="283"/>
+        <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32F0870E">
-[...2 lines deleted...]
-      <w:lvlJc w:val="left"/>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6528" w:hanging="283"/>
+        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1888 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="19"/>
-[...46 lines deleted...]
-  <w:num w:numId="22">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB0AC1"/>
-[...73 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00016C02"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00052FD4"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F63DE"/>
+    <w:rsid w:val="000F7028"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00130216"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153C55"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="001674FD"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5033"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D57CF"/>
+    <w:rsid w:val="001D7B6C"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00237395"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A1C73"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0DAF"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E2498"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003070B8"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F35"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="0037305C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="0039030B"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5067"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E369C"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="00430254"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="004323DA"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442077"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456612"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00470B3B"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="0049313E"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B3899"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D2777"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="004F73F5"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="00571B54"/>
+    <w:rsid w:val="00574BA0"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A0AF6"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005B4E03"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3A9F"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634929"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00644AA1"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="0065168F"/>
+    <w:rsid w:val="006552C9"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006839BA"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A5657"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006A7D10"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E3405"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F1A20"/>
+    <w:rsid w:val="006F22FA"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00701022"/>
+    <w:rsid w:val="00705A37"/>
+    <w:rsid w:val="00707572"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741625"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007815A8"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B7A77"/>
+    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D763A"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F4056"/>
+    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00833BB8"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00856C0D"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00876678"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E003A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00955FE3"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E30D9"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A816C9"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE14E1"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B0675B"/>
+    <w:rsid w:val="00B14D61"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA6633"/>
+    <w:rsid w:val="00BA73F0"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C7473C"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB3980"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CE11BB"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D123C0"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15644"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D5715E"/>
+    <w:rsid w:val="00D57C6D"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DE4DED"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E319D9"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7201E"/>
+    <w:rsid w:val="00E72CE4"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E754F0"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB4474"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED070E"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00ED5A41"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F85F70"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB5C90"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF0EAC"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="05524982"/>
-  <w15:docId w15:val="{70606B64-7C73-470C-9724-DE0A64C31D6E}"/>
+  <w14:docId w14:val="723E63F3"/>
+  <w15:docId w15:val="{DC011F67-6145-41E5-BB07-4E6728EC0150}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -27747,55 +23792,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -27864,51 +23909,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -28060,731 +24105,644 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB0AC1"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F417D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00FB0AC1"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="007D1182"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...207 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="654917497">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="775448987">
+    <w:div w:id="671421364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="936328936">
+    <w:div w:id="1132209507">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1047534288">
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1752696891">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1953196761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{311C7F58-F463-489C-8D72-0F43F47D2458}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2572</Words>
-  <Characters>14664</Characters>
+  <Words>2252</Words>
+  <Characters>12837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17202</CharactersWithSpaces>
+  <CharactersWithSpaces>15059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>